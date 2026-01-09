--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,195 +179,195 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97379</v>
+        <v>97376</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Berlin 1946 - planche : 4</t>
+          <t>Berlin 1946 - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Hadon, -</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97380</v>
+        <v>97377</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Berlin 1946 - planche : 5</t>
+          <t>Berlin 1946 - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Hadon, -</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97381</v>
+        <v>97378</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Berlin 1946 - planche : 6</t>
+          <t>Berlin 1946 - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Hadon, -</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97376</v>
+        <v>97379</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Berlin 1946 - planche : 1</t>
+          <t>Berlin 1946 - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Hadon, -</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97377</v>
+        <v>97380</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Berlin 1946 - planche : 2</t>
+          <t>Berlin 1946 - planche : 5</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Hadon, -</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97378</v>
+        <v>97381</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Berlin 1946 - planche : 3</t>
+          <t>Berlin 1946 - planche : 6</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Hadon, -</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>