--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,2167 +179,2167 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97439</v>
+        <v>97462</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97440</v>
+        <v>97463</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97441</v>
+        <v>97464</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97442</v>
+        <v>97465</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97443</v>
+        <v>97414</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 1</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97444</v>
+        <v>97415</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 2</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97445</v>
+        <v>97416</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 3</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97446</v>
+        <v>97417</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 4</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97462</v>
+        <v>97439</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 1</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97463</v>
+        <v>97440</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 2</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>97464</v>
+        <v>97441</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 3</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97465</v>
+        <v>97442</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 4</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97414</v>
+        <v>97443</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 1</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97415</v>
+        <v>97444</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 2</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97416</v>
+        <v>97445</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 3</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97417</v>
+        <v>97446</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 4</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97437</v>
+        <v>97455</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 4</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97438</v>
+        <v>97492</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 5</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97447</v>
+        <v>97456</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 5</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97448</v>
+        <v>97493</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 1</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97449</v>
+        <v>97457</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 1</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97450</v>
+        <v>97494</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 2</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97451</v>
+        <v>97458</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 2</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97488</v>
+        <v>97495</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 3</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97452</v>
+        <v>97459</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 3</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97489</v>
+        <v>97496</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 4</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97453</v>
+        <v>97460</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 4</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97490</v>
+        <v>97497</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 5</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97454</v>
+        <v>97461</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 5</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97491</v>
+        <v>97466</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 1</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97455</v>
+        <v>97467</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 2</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97492</v>
+        <v>97468</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 3</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97456</v>
+        <v>97469</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 4</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97493</v>
+        <v>97470</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 5</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>97457</v>
+        <v>97435</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 1</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97494</v>
+        <v>97436</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 2</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97458</v>
+        <v>97437</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 3</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97495</v>
+        <v>97438</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 4</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97459</v>
+        <v>97447</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 1</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97496</v>
+        <v>97448</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 2</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97460</v>
+        <v>97449</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 3</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97497</v>
+        <v>97450</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 4</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97461</v>
+        <v>97451</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 5</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97466</v>
+        <v>97488</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 1</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97467</v>
+        <v>97452</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 1</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97468</v>
+        <v>97489</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 2</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97469</v>
+        <v>97453</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 2</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97470</v>
+        <v>97490</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 3</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97435</v>
+        <v>97454</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 3</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97436</v>
+        <v>97491</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 4</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>97474</v>
+        <v>97410</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 1</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>97475</v>
+        <v>97411</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 2</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>97476</v>
+        <v>97412</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 3</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>97477</v>
+        <v>97413</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 4</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>97478</v>
+        <v>97471</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 1</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>97479</v>
+        <v>97472</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 2</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>97484</v>
+        <v>97473</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 3</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>97485</v>
+        <v>97474</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 4</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>97486</v>
+        <v>97475</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 1</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>97487</v>
+        <v>97476</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 2</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>97410</v>
+        <v>97477</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 3</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>97411</v>
+        <v>97478</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 4</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>97412</v>
+        <v>97479</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 5</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>97413</v>
+        <v>97484</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 1</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>97471</v>
+        <v>97485</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 2</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>97472</v>
+        <v>97486</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 3</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>97473</v>
+        <v>97487</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 4</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>