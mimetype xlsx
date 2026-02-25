--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -691,1111 +691,1111 @@
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97455</v>
+        <v>97466</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 1</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97492</v>
+        <v>97467</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 2</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97456</v>
+        <v>97468</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 3</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97493</v>
+        <v>97469</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 4</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97457</v>
+        <v>97470</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 5</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97494</v>
+        <v>97435</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 1</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97458</v>
+        <v>97436</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 2</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97495</v>
+        <v>97437</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 3</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97459</v>
+        <v>97438</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 4</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97496</v>
+        <v>97447</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 1</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97460</v>
+        <v>97448</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 2</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97497</v>
+        <v>97449</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 3</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97461</v>
+        <v>97450</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 4</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97466</v>
+        <v>97451</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 5</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97467</v>
+        <v>97488</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 1</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97468</v>
+        <v>97452</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 1</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97469</v>
+        <v>97489</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 2</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97470</v>
+        <v>97453</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 2</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>97435</v>
+        <v>97490</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 3</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97436</v>
+        <v>97454</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 3</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97437</v>
+        <v>97491</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 4</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97438</v>
+        <v>97455</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 4</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97447</v>
+        <v>97492</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 5</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97448</v>
+        <v>97456</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 5</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97449</v>
+        <v>97493</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 1</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97450</v>
+        <v>97457</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 1</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97451</v>
+        <v>97494</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 2</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97488</v>
+        <v>97458</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 2</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97452</v>
+        <v>97495</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 3</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97489</v>
+        <v>97459</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 3</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97453</v>
+        <v>97496</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 4</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97490</v>
+        <v>97460</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 4</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97454</v>
+        <v>97497</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 5</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97491</v>
+        <v>97461</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 5</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>