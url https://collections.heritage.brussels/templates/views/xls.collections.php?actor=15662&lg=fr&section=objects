--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -179,279 +179,279 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97514</v>
+        <v>97510</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97515</v>
+        <v>97511</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97516</v>
+        <v>97512</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97517</v>
+        <v>97513</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97510</v>
+        <v>97514</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 1</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97511</v>
+        <v>97515</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 2</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97512</v>
+        <v>97516</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 3</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97513</v>
+        <v>97517</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 4</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
@@ -691,407 +691,407 @@
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97418</v>
+        <v>97506</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 1</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97419</v>
+        <v>97507</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 2</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97420</v>
+        <v>97508</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 3</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97421</v>
+        <v>97509</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 4</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97427</v>
+        <v>97418</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 1</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97428</v>
+        <v>97419</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 2</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97429</v>
+        <v>97420</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 3</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97430</v>
+        <v>97421</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 4</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97506</v>
+        <v>97427</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 1</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97507</v>
+        <v>97428</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 2</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97508</v>
+        <v>97429</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 3</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97509</v>
+        <v>97430</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 4</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
@@ -1395,407 +1395,407 @@
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97524</v>
+        <v>97505</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 4</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97525</v>
+        <v>97524</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97526</v>
+        <v>97525</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97527</v>
+        <v>97526</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97532</v>
+        <v>97527</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97533</v>
+        <v>97532</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 1</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97534</v>
+        <v>97533</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 2</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97535</v>
+        <v>97534</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 3</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97502</v>
+        <v>97535</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 4</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97503</v>
+        <v>97502</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 1</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97504</v>
+        <v>97503</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 2</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97505</v>
+        <v>97504</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 3</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>