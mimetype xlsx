--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -1395,407 +1395,407 @@
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97505</v>
+        <v>97504</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 3</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97524</v>
+        <v>97505</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 4</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97525</v>
+        <v>97524</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97526</v>
+        <v>97525</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97527</v>
+        <v>97526</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97532</v>
+        <v>97527</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97533</v>
+        <v>97532</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 1</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97534</v>
+        <v>97533</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 2</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97535</v>
+        <v>97534</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 3</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97502</v>
+        <v>97535</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 4</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97503</v>
+        <v>97502</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 1</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97504</v>
+        <v>97503</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 2</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>