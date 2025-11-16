--- v0 (2025-11-15)
+++ v1 (2025-11-16)
@@ -487,151 +487,151 @@
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>97547</v>
+        <v>97542</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Les Musclés : Los Angeles me voilà - planche</t>
+          <t>Sylvie - 297</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97542</v>
+        <v>97543</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Sylvie - 297</t>
+          <t>Sylvie - 224</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97543</v>
+        <v>97544</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Sylvie - 224</t>
+          <t>Sylvie - 111</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97544</v>
+        <v>97547</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Sylvie - 111</t>
+          <t>Les Musclés : Los Angeles me voilà - planche</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>