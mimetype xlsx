--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -179,111 +179,111 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97548</v>
+        <v>97555</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Captain Tafia - planche : 1</t>
+          <t>Sylvie - planche : 1561</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97552</v>
+        <v>97548</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le Gris rayon du foyer - Gag 1864</t>
+          <t>Captain Tafia - planche : 1</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97555</v>
+        <v>97552</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Sylvie - planche : 1561</t>
+          <t>Le Gris rayon du foyer - Gag 1864</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Martial, P.</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>97553</v>
       </c>