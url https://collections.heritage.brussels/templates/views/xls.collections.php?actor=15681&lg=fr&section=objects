--- v0 (2025-11-15)
+++ v1 (2026-03-05)
@@ -235,87 +235,87 @@
         <is>
           <t>Stam et Pilou : Grande enveloppe - Gag</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(Marc Daniëls), De Marck / De Wulf, Rik</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97577</v>
+        <v>97578</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Stam et Pilou : Le Père Nöel est en avance - planche : 1</t>
+          <t>Stam et Pilou : Drôle de détective - planche : 47-48</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(Marc Daniëls), De Marck / De Wulf, Rik</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97578</v>
+        <v>97577</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Stam et Pilou : Drôle de détective - planche : 47-48</t>
+          <t>Stam et Pilou : Le Père Nöel est en avance - planche : 1</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>(Marc Daniëls), De Marck / De Wulf, Rik</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>