--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,587 +179,587 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97612</v>
+        <v>97602</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 136</t>
+          <t>Poiret - 16</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97613</v>
+        <v>97603</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 239</t>
+          <t>Poiret - 27</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97614</v>
+        <v>97604</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 308</t>
+          <t>Poiret - 30</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97615</v>
+        <v>97605</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 390</t>
+          <t>Poiret - 45</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97616</v>
+        <v>97606</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 429</t>
+          <t>Poiret - 59</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97617</v>
+        <v>97607</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 670</t>
+          <t>Poiret - 63</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97618</v>
+        <v>97608</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 818</t>
+          <t>Poiret - 70</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97619</v>
+        <v>97609</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 1043</t>
+          <t>Poiret - 84</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97620</v>
+        <v>97610</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 1071</t>
+          <t>Poiret - 91</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97621</v>
+        <v>97611</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 1152</t>
+          <t>Poiret - 130</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>97602</v>
+        <v>97612</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 16</t>
+          <t>Poiret - 136</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97603</v>
+        <v>97613</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 27</t>
+          <t>Poiret - 239</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97604</v>
+        <v>97614</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 30</t>
+          <t>Poiret - 308</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97605</v>
+        <v>97615</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 45</t>
+          <t>Poiret - 390</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97606</v>
+        <v>97616</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 59</t>
+          <t>Poiret - 429</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97607</v>
+        <v>97617</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 63</t>
+          <t>Poiret - 670</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97608</v>
+        <v>97618</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 70</t>
+          <t>Poiret - 818</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97609</v>
+        <v>97619</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 84</t>
+          <t>Poiret - 1043</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97610</v>
+        <v>97620</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 91</t>
+          <t>Poiret - 1071</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97611</v>
+        <v>97621</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Poiret - 130</t>
+          <t>Poiret - 1152</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>(André Sanders), Bubbs</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>