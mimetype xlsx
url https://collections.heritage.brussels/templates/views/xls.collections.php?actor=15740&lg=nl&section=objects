--- v0 (2026-01-10)
+++ v1 (2026-03-12)
@@ -179,115 +179,115 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97952</v>
+        <v>97957</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les selliers et charrons</t>
+          <t>Les marchands de drap au détail et les chaussetiers</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97957</v>
+        <v>97952</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de drap au détail et les chaussetiers</t>
+          <t>Les selliers et charrons</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>