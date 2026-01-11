--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -327,123 +327,123 @@
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Habsch, Mary</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>98876</v>
+        <v>98875</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Carnet de croquis</t>
+          <t>Palette de l'artiste Mary Habsch</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Habsch, Mary</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>objet civil</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, papier, crayon</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>98875</v>
+        <v>98876</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Palette de l'artiste Mary Habsch</t>
+          <t>Carnet de croquis</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Habsch, Mary</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>objet civil</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>matière plastique, papier, crayon</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>98877</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Exode</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Habsch, Mary</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>