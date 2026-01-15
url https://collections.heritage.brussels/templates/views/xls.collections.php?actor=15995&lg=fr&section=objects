--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,146 +179,146 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>100485</v>
+        <v>100368</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Rue Haute, côté hôpital Saint-Pierre</t>
+          <t>Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(Armand Masse), Prolo des Marolles</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>100368</v>
+        <v>100369</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de la Chapelle</t>
+          <t>Rue Haute</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(Armand Masse), Prolo des Marolles</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>100369</v>
+        <v>100485</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Rue Haute</t>
+          <t>Rue Haute, côté hôpital Saint-Pierre</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Dandoy</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(Armand Masse), Prolo des Marolles</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>