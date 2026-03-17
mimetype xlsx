--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -259,105 +259,105 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>100539</v>
+        <v>100818</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les aventures de Blake &amp; Mortimer</t>
+          <t>Solastalgie</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Edgar P. Jacobs,  / L'Atelier 30</t>
+          <t>Eva Roussel,  / L'Atelier 30</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2021 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>100818</v>
+        <v>100539</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Solastalgie</t>
+          <t>Les aventures de Blake &amp; Mortimer</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Eva Roussel,  / L'Atelier 30</t>
+          <t>Edgar P. Jacobs,  / L'Atelier 30</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2021 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">