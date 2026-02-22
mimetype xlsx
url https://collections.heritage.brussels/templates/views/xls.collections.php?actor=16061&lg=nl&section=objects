--- v0 (2025-12-23)
+++ v1 (2026-02-22)
@@ -179,454 +179,454 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>107238</v>
+        <v>109667</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>illustration inédite - Martine avec son chien Pouf</t>
+          <t>Reproduction - Martine au parc (Glibert Delahaye)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel</t>
+          <t>Marlier, Marcel / Casterman éditions</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>107239</v>
+        <v>109668</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Martine couchée</t>
+          <t>Reproduction - Martine et le chat vagabond</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel</t>
+          <t>Marlier, Marcel / Casterman éditions</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>107240</v>
+        <v>109669</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Illustration inédite - Martine assise sur une table</t>
+          <t>Reproductions - Martine se déguise</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel</t>
+          <t>Marlier, Marcel</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse, dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>109656</v>
+        <v>109670</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Le petit chaperon rouge</t>
+          <t>Reproduction - Martine devant son miroir</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel</t>
+          <t>Marlier, Marcel</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G5" s="2"/>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>109657</v>
+        <v>109671</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Hansel et Gretel</t>
+          <t>Reproduction - Martine grimpe à un arbre</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel</t>
+          <t>Marlier, Marcel</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>109658</v>
+        <v>109672</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Martine et le cadeau d'anniversaire (Gilbert Delahaye)</t>
+          <t>Reproduction - Pouf a peur</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
+          <t>Marlier, Marcel</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>109665</v>
+        <v>107238</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - La nuit de Noël (Gilbert Delahaye)</t>
+          <t>illustration inédite - Martine avec son chien Pouf</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
         </is>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2"/>
-      <c r="G8" s="2"/>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, dessin</t>
+        </is>
+      </c>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>109666</v>
+        <v>107239</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Martine chez tante Lucie (Gilbert Delahaye)</t>
+          <t>Illustration inédite - Martine couchée</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G9" s="2"/>
+          <t>illustration jeunesse, dessin</t>
+        </is>
+      </c>
+      <c r="G9" s="2" t="inlineStr">
+        <is>
+          <t>crayon</t>
+        </is>
+      </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>109667</v>
+        <v>107240</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Martine au parc (Glibert Delahaye)</t>
+          <t>Illustration inédite - Martine assise sur une table</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Casterman éditions</t>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
+          <t>illustration jeunesse, dessin</t>
+        </is>
+      </c>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>papier, crayon</t>
+        </is>
+      </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>109668</v>
+        <v>109656</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Martine et le chat vagabond</t>
+          <t>Reproduction - Le petit chaperon rouge</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Casterman éditions</t>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>109669</v>
+        <v>109657</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Reproductions - Martine se déguise</t>
+          <t>Reproduction - Hansel et Gretel</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel</t>
+          <t>Marlier, Marcel / Marlier, Marcel</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>109670</v>
+        <v>109658</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Martine devant son miroir</t>
+          <t>Reproduction - Martine et le cadeau d'anniversaire (Gilbert Delahaye)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel</t>
+          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>109671</v>
+        <v>109665</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Martine grimpe à un arbre</t>
+          <t>Reproduction - La nuit de Noël (Gilbert Delahaye)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel</t>
+          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
         </is>
       </c>
       <c r="E14" s="2"/>
-      <c r="F14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>109672</v>
+        <v>109666</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Pouf a peur</t>
+          <t>Reproduction - Martine chez tante Lucie (Gilbert Delahaye)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel</t>
+          <t>Marlier, Marcel / Marlier, Marcel / Casterman éditions</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
-      <c r="G15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>