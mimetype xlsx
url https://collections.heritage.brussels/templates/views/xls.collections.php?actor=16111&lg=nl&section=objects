--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,243 +179,243 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>108180</v>
+        <v>108175</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Dust Dawn</t>
+          <t>Reproduction - Le Roi Méduse part 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>108181</v>
+        <v>108176</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Affiche - 9ième festival du film d'éducation</t>
+          <t>Reproduction - Les Rigoles</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>108175</v>
+        <v>108177</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Le Roi Méduse part 1</t>
+          <t>Sérigraphie -Peter Pan (J.M. Barrie)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G4" s="2"/>
-      <c r="H4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>108176</v>
+        <v>108178</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Reproduction - Les Rigoles</t>
+          <t>Affiche d'art - Place Flagey 2020</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>108177</v>
+        <v>108179</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie -Peter Pan (J.M. Barrie)</t>
+          <t>Affiche d'art - Place Flagey 2023</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G6" s="2"/>
-      <c r="H6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>108178</v>
+        <v>108180</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Place Flagey 2020</t>
+          <t>Affiche d'art - Dust Dawn</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>108179</v>
+        <v>108181</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - Place Flagey 2023</t>
+          <t>Affiche - 9ième festival du film d'éducation</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>100783</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Jardin aux fleurs</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Evens, Brecht / Urbana</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">