--- v0 (2026-01-11)
+++ v1 (2026-02-25)
@@ -179,105 +179,105 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>100785</v>
+        <v>100784</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tour à Plomb</t>
+          <t>Lélève Ducobu</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Zidrou,  / Bercovici, Philippe / Darasse, Christian / Carine De Brab,  / Serge Ernst,  / E411 (David Evrard),  / Falzar,  / Pé , Frank / Bernard Godi,  / Urbana,  / Turk</t>
+          <t>Bernard Godi,  / Zidrou,  / L'Atelier 30,  / Falzar</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>100784</v>
+        <v>100785</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Lélève Ducobu</t>
+          <t>Tour à Plomb</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Bernard Godi,  / Zidrou,  / L'Atelier 30,  / Falzar</t>
+          <t>Zidrou,  / Bercovici, Philippe / Darasse, Christian / Carine De Brab,  / Serge Ernst,  / E411 (David Evrard),  / Falzar,  / Pé , Frank / Bernard Godi,  / Urbana,  / Turk</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2018 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>