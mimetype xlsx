--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -495,165 +495,165 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe de cérémonie, traîne</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>shantung, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>58351</v>
+        <v>53934</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Robe patineuse</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Jane d'Anjou,  / De Camps, Berthe / Wittamer, Louis / Capucci, Roberto</t>
+          <t>Pierre Cardin,  / Valens,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1966 - 1968</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>matière plastique, soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>broderie, jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>58352</v>
+        <v>58351</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Smoking</t>
+          <t>Robe patineuse</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Jane d'Anjou,  / Yves Saint Laurent,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Jane d'Anjou,  / De Camps, Berthe / Wittamer, Louis / Capucci, Roberto</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>toile, velours, satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>53934</v>
+        <v>58352</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Smoking</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Pierre Cardin,  / Valens,  / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Jane d'Anjou,  / Yves Saint Laurent,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1966 - 1968</t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>matière plastique, soie</t>
+          <t>soie, coton</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>broderie, jacquard ou façonné</t>
+          <t>toile, velours, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>56247</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Valens,  / Courrèges,  / Wittamer, Louis / Courrèges, André / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
@@ -735,160 +735,160 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1968 - 1970</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>appliqué, organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>58596</v>
+        <v>53931</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie - robe de mariée et manteau de cour</t>
+          <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / De Camps, Berthe / Wittamer, Louis</t>
+          <t>Courrèges,  / Valens,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1969 - 1970</t>
+          <t>1969 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>58705</v>
+        <v>58596</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble de cérémonie - robe de mariée et manteau de cour</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Courrèges,  / Jane d'Anjou,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Valens,  / De Camps, Berthe / Wittamer, Louis</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1969 - 1970</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>53931</v>
+        <v>58705</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Courrèges,  / Valens,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Courrèges,  / Jane d'Anjou,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>57986</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Ensemble de mariée "Cadillac"</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Valens,  / Pierre Cardin,  / Cardin, Pierre / Wittamer, Louis / De Camps, Berthe</t>