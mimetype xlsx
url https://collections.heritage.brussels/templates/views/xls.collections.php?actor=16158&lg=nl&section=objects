--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -735,160 +735,160 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1968 - 1970</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>appliqué, organza</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>58596</v>
+        <v>53931</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cérémonie - robe de mariée et manteau de cour</t>
+          <t>Robe trapèze</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Valens,  / De Camps, Berthe / Wittamer, Louis</t>
+          <t>Courrèges,  / Valens,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1969 - 1970</t>
+          <t>1969 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>ensemble de cérémonie</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>broderie, toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>58705</v>
+        <v>58596</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble de cérémonie - robe de mariée et manteau de cour</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Courrèges,  / Jane d'Anjou,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Valens,  / De Camps, Berthe / Wittamer, Louis</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1969 - 1970</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble de cérémonie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>broderie, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>53931</v>
+        <v>58705</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe trapèze</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Courrèges,  / Valens,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
+          <t>Courrèges,  / Jane d'Anjou,  / Courrèges, André / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>57986</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Ensemble de mariée "Cadillac"</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Valens,  / Pierre Cardin,  / Cardin, Pierre / Wittamer, Louis / De Camps, Berthe</t>