--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -179,471 +179,471 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>106970</v>
+        <v>106964</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 6)</t>
+          <t>Illustration originale - Cendrillon (couverture)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Célérier, Arno / Mango Jeunesse éditions</t>
+          <t>Mango Jeunesse éditions,  / Célérier, Arno</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106971</v>
+        <v>106965</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 7)</t>
+          <t>Illustration originale - Cendrillon (page 1)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106972</v>
+        <v>106966</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 8)</t>
+          <t>Illustration originale - Cendrillon (page 2)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>106973</v>
+        <v>106967</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 9)</t>
+          <t>Illustration originale - Cendrillon (page 3)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>106974</v>
+        <v>106968</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 10)</t>
+          <t>Illustration originale - Cendrillon (page 4)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>106975</v>
+        <v>106969</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 11)</t>
+          <t>Illustration originale - Cendrillon (page 5)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>106976</v>
+        <v>106970</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 12)</t>
+          <t>Illustration originale - Cendrillon (page 6)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>106977</v>
+        <v>106971</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page de garde)</t>
+          <t>Illustration originale - Cendrillon (page 7)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>106964</v>
+        <v>106972</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (couverture)</t>
+          <t>Illustration originale - Cendrillon (page 8)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Mango Jeunesse éditions,  / Célérier, Arno</t>
+          <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>106965</v>
+        <v>106973</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 1)</t>
+          <t>Illustration originale - Cendrillon (page 9)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>106966</v>
+        <v>106974</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 2)</t>
+          <t>Illustration originale - Cendrillon (page 10)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>106967</v>
+        <v>106975</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 3)</t>
+          <t>Illustration originale - Cendrillon (page 11)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>106968</v>
+        <v>106976</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 4)</t>
+          <t>Illustration originale - Cendrillon (page 12)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>106969</v>
+        <v>106977</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Cendrillon (page 5)</t>
+          <t>Illustration originale - Cendrillon (page de garde)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Célérier, Arno / Mango Jeunesse éditions</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
     </row>