--- v0 (2026-01-09)
+++ v1 (2026-03-12)
@@ -179,125 +179,125 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>107270</v>
+        <v>109692</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Laureline et Valérian - Les spectres d'Inverloch - Les foudres d'Hypsis (Pierre Christin)</t>
+          <t>Tirage numérique - Laureline et Valérian - Bienvenue sur Alfolol (Pierre Christin)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Mezieres, Jean-Claude / Dargaud éditions</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G2" s="2"/>
-      <c r="H2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>109692</v>
+        <v>109693</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tirage numérique - Laureline et Valérian - Bienvenue sur Alfolol (Pierre Christin)</t>
+          <t>Sérigraphie - Cathédrale de Strasbourg</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Mezieres, Jean-Claude / Dargaud éditions</t>
+          <t>Mezieres, Jean-Claude</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G3" s="2"/>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>109693</v>
+        <v>107270</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Cathédrale de Strasbourg</t>
+          <t>Sérigraphie - Laureline et Valérian - Les spectres d'Inverloch - Les foudres d'Hypsis (Pierre Christin)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Mezieres, Jean-Claude</t>
+          <t>Mezieres, Jean-Claude / Dargaud éditions</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>sérigraphie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>