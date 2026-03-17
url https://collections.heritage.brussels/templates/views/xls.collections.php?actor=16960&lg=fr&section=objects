--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -295,135 +295,135 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>107685</v>
+        <v>107704</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Forza insectifera</t>
+          <t>Trois hirondelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>107703</v>
+        <v>107685</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>The happy bug</t>
+          <t>Forza insectifera</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>107704</v>
+        <v>107703</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Trois hirondelles</t>
+          <t>The happy bug</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Schelstraete, Eric</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2024 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>gravure</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>