--- v0 (2025-11-20)
+++ v1 (2026-01-23)
@@ -193,83 +193,83 @@
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>106952</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Illustration originale  - Costa Belgica (Westende)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève / Esperluète éditions</t>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>eau-forte, aquatinte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>106953</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Illustration originale - Costa Belgica (Coxyde)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Casterman, Gueneviève / Esperluète éditions</t>
+          <t>Casterman, Geneviève / Esperluète éditions</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>aquatinte, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>108649</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Carton d'invitation - 30 ans des éditions Esperluète</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">