--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,219 +179,763 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>106902</v>
+        <v>108538</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Homme aux yeux bandés (Bug Livre 1)</t>
+          <t>Tiré à part - Kameron Obb rêveur (Bug Livre 4)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Bilal, Enki / Casterman éditions</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106903</v>
+        <v>106902</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Kameron Obb (Bug Livre 2)</t>
+          <t>Tiré à part - Homme aux yeux bandés (Bug Livre 1)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Casterman éditions,  / Bilal, Enki</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106904</v>
+        <v>106903</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Chaos. Dans la tête de Cameron Obb (Bug Livre 3)</t>
+          <t>Tiré à part - Kameron Obb (Bug Livre 2)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Bilal, Enki / Casterman éditions</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>106905</v>
+        <v>106904</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Kameron (couverture Bug Livre 2)</t>
+          <t>Tiré à part - Chaos. Dans la tête de Cameron Obb (Bug Livre 3)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Casterman éditions,  / Bilal, Enki</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>couverture, illustration</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>107919</v>
+        <v>106905</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Affiche d'art - La couleur de l'air</t>
+          <t>Sérigraphie - Kameron (couverture Bug Livre 2)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Bilal, Enki / Casterman éditions</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
-[...6 lines deleted...]
-      </c>
+          <t>couverture, illustration</t>
+        </is>
+      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>107920</v>
+        <v>106925</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Estampe pigmentaire - Trois </t>
+          <t>Sérigraphie - Cyann </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Bourgeon, François / Casterman éditions</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G7" s="2"/>
-      <c r="H7" s="2"/>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="1" t="n">
+        <v>106926</v>
+      </c>
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="1" t="n">
+        <v>106927</v>
+      </c>
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le sortilège du bois des brumes</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="1" t="n">
+        <v>106928</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="1" t="n">
+        <v>107060</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Aglaé, la petite abeille (auteure : Paule Alen)</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Deru, Myriam</t>
+        </is>
+      </c>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="1" t="n">
+        <v>107162</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Carte de promotion - Une histoire grande comme la main</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="1" t="n">
+        <v>107919</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - La couleur de l'air</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H13" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="1" t="n">
+        <v>107920</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Estampe pigmentaire - Trois </t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="1" t="n">
+        <v>107927</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparatoire - China Li (Hong Kong Paris)</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Charles, Jean-François</t>
+        </is>
+      </c>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>croquis/crayonné</t>
+        </is>
+      </c>
+      <c r="G15" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H15" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="1" t="n">
+        <v>107928</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Dessin préparation - China Li (Hong Kong Paris)</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Charles, Jean-François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2" t="inlineStr">
+        <is>
+          <t>croquis/crayonné</t>
+        </is>
+      </c>
+      <c r="G16" s="2" t="inlineStr">
+        <is>
+          <t>crayon noir</t>
+        </is>
+      </c>
+      <c r="H16" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="1" t="n">
+        <v>107929</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Silence</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie, sérigraphie, sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="1" t="n">
+        <v>107930</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - La Belette (couverture)</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="1" t="n">
+        <v>107932</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Silence</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Comès, Didier / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="1" t="n">
+        <v>107942</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Planche originale - Bran Ruz (scénario : Alain Deschamps)</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Auclair, Claude / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2" t="inlineStr">
+        <is>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G20" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H20" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="1" t="n">
+        <v>107943</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Planche originale - Bran Ruz (scénario Alain Deschamps)</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Auclair, Claude / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G21" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine</t>
+        </is>
+      </c>
+      <c r="H21" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="1" t="n">
+        <v>107950</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Donne-moi la main, Arthur (Auteure Corinne Jamar)</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>De Kemmeter, Laurence / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="1" t="n">
+        <v>108001</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - La couleur de l'air</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G23" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H23" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="1" t="n">
+        <v>108123</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Contes de l'Europe - Peau d'âne</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Claveloux, Nicole / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="1" t="n">
+        <v>108537</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Estampe - Kameron Obb (Bug Livre 4)</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>