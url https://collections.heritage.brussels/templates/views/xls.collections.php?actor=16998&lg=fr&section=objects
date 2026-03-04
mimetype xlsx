--- v1 (2025-11-26)
+++ v2 (2026-03-04)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,363 +179,363 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>108538</v>
+        <v>107235</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Kameron Obb rêveur (Bug Livre 4)</t>
+          <t>Sérigraphie - El Gaucho</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Manara, Milo / Casterman éditions</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G2" s="2"/>
-      <c r="H2" s="2"/>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106902</v>
+        <v>107236</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Homme aux yeux bandés (Bug Livre 1)</t>
+          <t>Sérigraphie - Eté indien</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Manara, Milo / Casterman éditions</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G3" s="2"/>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106903</v>
+        <v>107241</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Kameron Obb (Bug Livre 2)</t>
+          <t>Sérigraphie - Le dernier spartiate</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Martin, Jacques / Casterman éditions</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G4" s="2"/>
-      <c r="H4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>106904</v>
+        <v>107387</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Tiré à part - Chaos. Dans la tête de Cameron Obb (Bug Livre 3)</t>
+          <t>Reprodution - La prisonnière du brouillard (Guillaume Guéraud)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Bilal, Enki</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>106905</v>
+        <v>107388</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Kameron (couverture Bug Livre 2)</t>
+          <t>Reproduction - La Belle et la Bête</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Bilal, Enki / Casterman éditions</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>couverture, illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>106925</v>
+        <v>107389</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Cyann </t>
+          <t>Reproduction - Le bonheur prisonnier (Jean-François Chabas)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Bourgeon, François / Casterman éditions</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G7" s="2"/>
-      <c r="H7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>106926</v>
+        <v>107391</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+          <t>Reproduction - Folles saisons (Jean-François Chabas)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Bourgeon, François / Casterman éditions</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G8" s="2"/>
-      <c r="H8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>106927</v>
+        <v>107397</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Le sortilège du bois des brumes</t>
+          <t>Reproduction - Le coffre enchanté (Jean-François Chabas)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Bourgeon, François / Casterman éditions</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G9" s="2"/>
-      <c r="H9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>106928</v>
+        <v>107400</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+          <t>Reproduction - Féroce (Jean-François Chabas)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Bourgeon, François / Casterman éditions</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G10" s="2"/>
-      <c r="H10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>107060</v>
+        <v>107404</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Aglaé, la petite abeille (auteure : Paule Alen)</t>
+          <t>Reproduction - La colère de Banshee (Jean-François Chabas)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Casterman éditions,  / Deru, Myriam</t>
+          <t>Sala, David / Casterman éditions</t>
         </is>
       </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2"/>
+      <c r="F11" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>107162</v>
+        <v>107413</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Carte de promotion - Une histoire grande comme la main</t>
+          <t>Tiré à part - La Douce</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Herbauts, Anne / Casterman éditions</t>
+          <t>Schuiten, François / Casterman éditions</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>illustration jeunesse</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>107919</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Affiche d'art - La couleur de l'air</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Casterman éditions,  / Bilal, Enki</t>
         </is>
       </c>
       <c r="E13" s="2"/>
@@ -892,50 +892,702 @@
         <v>108537</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Estampe - Kameron Obb (Bug Livre 4)</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Bilal, Enki / Casterman éditions</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="1" t="n">
+        <v>108538</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Kameron Obb rêveur (Bug Livre 4)</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="1" t="n">
+        <v>106902</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Homme aux yeux bandés (Bug Livre 1)</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="1" t="n">
+        <v>109009</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Estampe - Le château des animaux - Tome 3 - La nuit des justes (Xavier Dorison)</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Delep, Félix / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2" t="inlineStr">
+        <is>
+          <t>estampe, couverture</t>
+        </is>
+      </c>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2" t="inlineStr">
+        <is>
+          <t>rinogravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="1" t="n">
+        <v>106903</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Kameron Obb (Bug Livre 2)</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="1" t="n">
+        <v>109011</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Affiche - Le château des animaux (Xavier Dorison)</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Delep, Félix / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2" t="inlineStr">
+        <is>
+          <t>illustration, affiche publicitaire</t>
+        </is>
+      </c>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="1" t="n">
+        <v>106904</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Tiré à part - Chaos. Dans la tête de Cameron Obb (Bug Livre 3)</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Bilal, Enki</t>
+        </is>
+      </c>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="1" t="n">
+        <v>109667</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine au parc (Glibert Delahaye)</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="1" t="n">
+        <v>106905</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Kameron (couverture Bug Livre 2)</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Bilal, Enki / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2" t="inlineStr">
+        <is>
+          <t>couverture, illustration</t>
+        </is>
+      </c>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="1" t="n">
+        <v>109668</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Martine et le chat vagabond</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Marlier, Marcel / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="1" t="n">
+        <v>106925</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Cyann </t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="1" t="n">
+        <v>111132</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Etre princesse, c'est pas rigolo (Odile Hermann-Hurpoil)</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Sacré, Marie-José / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G36" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H36" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="1" t="n">
+        <v>106926</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="1" t="n">
+        <v>111136</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Le castor paresseux (Pierre Coran)</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Sacré, Marie-José / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G38" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H38" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="1" t="n">
+        <v>106927</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le sortilège du bois des brumes</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
+          <t>couverture</t>
+        </is>
+      </c>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="1" t="n">
+        <v>111141</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - L'oeuf de crocodile (Christian Merveille)</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Sacré, Marie-José / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <t>acrylique</t>
+        </is>
+      </c>
+      <c r="H40" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="1" t="n">
+        <v>106928</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le dernier chant des Malaterre</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Bourgeon, François / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="1" t="n">
+        <v>111142</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - L'ours frileux (Guy Counhaye)</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Sacré, Marie-José / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G42" s="2" t="inlineStr">
+        <is>
+          <t>peinture acrylique</t>
+        </is>
+      </c>
+      <c r="H42" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="1" t="n">
+        <v>107060</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Aglaé, la petite abeille (auteure : Paule Alen)</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Casterman éditions,  / Deru, Myriam</t>
+        </is>
+      </c>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="1" t="n">
+        <v>111143</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Illustrations originales - Pépé loup de mer (Guy Counhaye)</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Sacré, Marie-José / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>pastel, gouache</t>
+        </is>
+      </c>
+      <c r="H44" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="1" t="n">
+        <v>107162</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Carte de promotion - Une histoire grande comme la main</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Herbauts, Anne / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="1" t="n">
+        <v>107198</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Sérigraphie - Le cahier bleu</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Julliard, André / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2" t="inlineStr">
+        <is>
+          <t>sérigraphie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="1" t="n">
+        <v>107209</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Reproduction - Castro</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Kleist, Reinhard / Casterman éditions</t>
+        </is>
+      </c>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>