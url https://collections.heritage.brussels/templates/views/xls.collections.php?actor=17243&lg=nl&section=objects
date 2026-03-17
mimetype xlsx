--- v0 (2026-01-23)
+++ v1 (2026-03-17)
@@ -179,723 +179,723 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>109330</v>
+        <v>109342</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Jour de ménage pour Mimosa</t>
+          <t>Illustrations originales - Lucien la frousse</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>109331</v>
+        <v>109343</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - La coiffure d'Arouna</t>
+          <t>Illustrations originales -Péric et Pac</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>109333</v>
+        <v>109344</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - La maison dans l'arbre</t>
+          <t>Illustrations originales - Shiki</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>109334</v>
+        <v>109376</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - La petite princesse et les insectes</t>
+          <t>Illustrations originales - Le cousin de France</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>109340</v>
+        <v>109380</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Le chou frisé</t>
+          <t>Illustrations originales - Mimosa blanc bonhomme</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>109341</v>
+        <v>109382</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Le Noël de Léopold</t>
+          <t>Illustrations originales - Mimosa Croque noisette</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>109342</v>
+        <v>109402</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Lucien la frousse</t>
+          <t>Illustration originale - Mimosa Papillon vole</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>109343</v>
+        <v>109403</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales -Péric et Pac</t>
+          <t>Illustrations originales - Mimosa Tartine et pollen</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>109344</v>
+        <v>109404</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Shiki</t>
+          <t>Illustrations originales - Pricket le Propre</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>109376</v>
+        <v>109407</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Le cousin de France</t>
+          <t>Illustrations originales - Le tagagné</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>109380</v>
+        <v>109413</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Mimosa blanc bonhomme</t>
+          <t>Illustrations originales - Les lunettes d'Arouna</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>109382</v>
+        <v>109418</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Mimosa Croque noisette</t>
+          <t>Illustrations originales - Tonn-Tü et Marinette</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>109402</v>
+        <v>109021</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Illustration originale - Mimosa Papillon vole</t>
+          <t>Illustrations originales - Arouna fait du troc</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E14" s="2"/>
-      <c r="F14" s="2"/>
+      <c r="F14" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>109403</v>
+        <v>109023</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Mimosa Tartine et pollen</t>
+          <t>Illustrations originales - Au secours ! Ouvrez-moi !</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>109404</v>
+        <v>109025</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Pricket le Propre</t>
+          <t>Illustrations originales - Cache cache Mimosa</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>109407</v>
+        <v>109027</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Le tagagné</t>
+          <t>Illustrations originales - Dégoûtant</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>109413</v>
+        <v>109028</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Les lunettes d'Arouna</t>
+          <t>Illustrations originales - Mon Papa</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>109418</v>
+        <v>109318</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Tonn-Tü et Marinette</t>
+          <t>Illustrations originales - Hilda</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>109021</v>
+        <v>109329</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Arouna fait du troc</t>
+          <t>Illustrations originales - Homère à l'école des oiseaux</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>109023</v>
+        <v>109330</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Au secours ! Ouvrez-moi !</t>
+          <t>Illustrations originales - Jour de ménage pour Mimosa</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>109025</v>
+        <v>109331</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Cache cache Mimosa</t>
+          <t>Illustrations originales - La coiffure d'Arouna</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>109027</v>
+        <v>109333</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Dégoûtant</t>
+          <t>Illustrations originales - La maison dans l'arbre</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>109028</v>
+        <v>109334</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Mon Papa</t>
+          <t>Illustrations originales - La petite princesse et les insectes</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>109318</v>
+        <v>109340</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Hilda</t>
+          <t>Illustrations originales - Le chou frisé</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>109329</v>
+        <v>109341</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Illustrations originales - Homère à l'école des oiseaux</t>
+          <t>Illustrations originales - Le Noël de Léopold</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Dalrymple, Jennifer / L'école des loisirs éditions</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>illustration jeunesse</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>