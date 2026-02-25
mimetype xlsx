--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -188,155 +188,155 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>102333</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Orang-outan</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>102334</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Deux singes enlacés</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statuette</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>11163</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Squalers</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Fonderie Batardy,  / Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11292</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Buste féminin</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, coulé à cire perdue</t>
@@ -372,51 +372,51 @@
           <t>sculpture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>77351</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Faisan</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van Dantzig, Rachel</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1920 - 1949</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>