--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -1175,285 +1175,285 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11191</v>
+        <v>11184</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>La porteuse de panier</t>
+          <t>Portrait de Ginette van Ryckevorsel van Kessel-Hastir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à la détrempe, toile</t>
+          <t>pointe d'argent, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11192</v>
+        <v>11191</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin. Josiane</t>
+          <t>La porteuse de panier</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11176</v>
+        <v>11192</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Madeleine à l'ombrelle</t>
+          <t>Nu féminin. Josiane</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11179</v>
+        <v>11176</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme à la moustache blanche</t>
+          <t>Madeleine à l'ombrelle</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11180</v>
+        <v>11179</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme à la barbe blanche</t>
+          <t>Portrait d'homme à la moustache blanche</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11184</v>
+        <v>11180</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Ginette van Ryckevorsel van Kessel-Hastir</t>
+          <t>Portrait d'homme à la barbe blanche</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>pointe d'argent, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>11200</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Le danseur espagnol</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>