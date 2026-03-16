--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -219,455 +219,455 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>panneau, pointe d'argent, fusain, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>marouflé, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>11186</v>
+        <v>11198</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le chemin de Fiesole</t>
+          <t>Femme à la veste verte</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11187</v>
+        <v>11199</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Etude pour "Le temps régit la mort et la vie"</t>
+          <t>Deux ballerines</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, pointe d'argent</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11190</v>
+        <v>11167</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Aryenne et Nubienne</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11193</v>
+        <v>11170</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>La femme en bleu</t>
+          <t>Portrait de Madeleine Dubois</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11194</v>
+        <v>11173</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Westedorp</t>
+          <t>Nu de deux femmes</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>sanguine, papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11198</v>
+        <v>11177</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Femme à la veste verte</t>
+          <t>Portrait de Nicole</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à la détrempe, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11199</v>
+        <v>11186</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Deux ballerines</t>
+          <t>Le chemin de Fiesole</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11167</v>
+        <v>11187</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Aryenne et Nubienne</t>
+          <t>Etude pour "Le temps régit la mort et la vie"</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à la détrempe, toile</t>
+          <t>papier, pointe d'argent</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11170</v>
+        <v>11190</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madeleine Dubois</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11173</v>
+        <v>11193</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Nu de deux femmes</t>
+          <t>La femme en bleu</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>sanguine, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11177</v>
+        <v>11194</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Nicole</t>
+          <t>Portrait de Madame Westedorp</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1175,270 +1175,270 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11184</v>
+        <v>11176</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Ginette van Ryckevorsel van Kessel-Hastir</t>
+          <t>Madeleine à l'ombrelle</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>pointe d'argent, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11191</v>
+        <v>11179</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>La porteuse de panier</t>
+          <t>Portrait d'homme à la moustache blanche</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1950 - </t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>peinture à la détrempe, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11192</v>
+        <v>11180</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin. Josiane</t>
+          <t>Portrait d'homme à la barbe blanche</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11176</v>
+        <v>11184</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Madeleine à l'ombrelle</t>
+          <t>Portrait de Ginette van Ryckevorsel van Kessel-Hastir</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1950 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pointe d'argent, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11179</v>
+        <v>11191</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme à la moustache blanche</t>
+          <t>La porteuse de panier</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11180</v>
+        <v>11192</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme à la barbe blanche</t>
+          <t>Nu féminin. Josiane</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>11200</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Le danseur espagnol</t>
@@ -1535,120 +1535,120 @@
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>fusain, crayon noir</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11185</v>
+        <v>11169</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Etude pour Maternité</t>
+          <t>La femme et l'enfant</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1959 - </t>
+          <t>1959 - 1959</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>brou de noix, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11169</v>
+        <v>11185</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>La femme et l'enfant</t>
+          <t>Etude pour Maternité</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1959 - 1959</t>
+          <t>1959 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>brou de noix, papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>11188</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Portrait de Ginette van Ryckevorsel van Kessel-Hastir</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>