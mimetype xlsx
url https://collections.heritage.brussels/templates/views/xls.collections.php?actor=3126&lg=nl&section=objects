--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -219,485 +219,485 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>panneau, pointe d'argent, fusain, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>marouflé, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>11193</v>
+        <v>11177</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La femme en bleu</t>
+          <t>Portrait de Nicole</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11194</v>
+        <v>11186</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Westedorp</t>
+          <t>Le chemin de Fiesole</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11198</v>
+        <v>11187</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Femme à la veste verte</t>
+          <t>Etude pour "Le temps régit la mort et la vie"</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1960</t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à la détrempe, toile</t>
+          <t>papier, pointe d'argent</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11199</v>
+        <v>11190</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Deux ballerines</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11167</v>
+        <v>11193</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Aryenne et Nubienne</t>
+          <t>La femme en bleu</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à la détrempe, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11170</v>
+        <v>11194</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madeleine Dubois</t>
+          <t>Portrait de Madame Westedorp</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11173</v>
+        <v>11198</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Nu de deux femmes</t>
+          <t>Femme à la veste verte</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>sanguine, papier</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11177</v>
+        <v>11199</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Nicole</t>
+          <t>Deux ballerines</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11186</v>
+        <v>11167</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le chemin de Fiesole</t>
+          <t>Aryenne et Nubienne</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1930 - </t>
+          <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à la détrempe, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11187</v>
+        <v>11170</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Etude pour "Le temps régit la mort et la vie"</t>
+          <t>Portrait de Madeleine Dubois</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1930</t>
+          <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier, pointe d'argent</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11190</v>
+        <v>11173</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Nu de deux femmes</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1930 - 1960</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>sanguine, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>11166</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Le temps régit la vie et la mort</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1931 - 1931</t>
@@ -779,283 +779,283 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1933 - 1933</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11197</v>
+        <v>11178</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Bois de la Cambre</t>
+          <t>Portrait de Jiddu Krishnamurti</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11178</v>
+        <v>11197</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jiddu Krishnamurti</t>
+          <t>Bois de la Cambre</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>11171</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>La femme à la fenêtre</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11195</v>
+        <v>11174</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Deux jeunes filles</t>
+          <t>La petite Meyer victime du nazisme</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1939 - 1939</t>
+          <t>1939 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>93929</v>
+        <v>11195</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Madame Ikem</t>
+          <t>Deux jeunes filles</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1939 - </t>
+          <t>1939 - 1939</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H21" s="2"/>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11174</v>
+        <v>93929</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>La petite Meyer victime du nazisme</t>
+          <t>Madame Ikem</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Atelier Marcel Hastir</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>11204</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Portrait de Madame Scharit</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
@@ -1535,240 +1535,240 @@
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>fusain, crayon noir</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11169</v>
+        <v>11185</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La femme et l'enfant</t>
+          <t>Etude pour Maternité</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1959 - 1959</t>
+          <t>1959 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>brou de noix, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11185</v>
+        <v>11169</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Etude pour Maternité</t>
+          <t>La femme et l'enfant</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1959 - </t>
+          <t>1959 - 1959</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>brou de noix, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
         <v>11188</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Portrait de Ginette van Ryckevorsel van Kessel-Hastir</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11209</v>
+        <v>11181</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Groupe de femmes</t>
+          <t>Vieille dame</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>papier, brou de noix</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11181</v>
+        <v>11209</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Vieille dame</t>
+          <t>Groupe de femmes</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, brou de noix</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>11203</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Paysage côtier</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Hastir, Marcel</t>