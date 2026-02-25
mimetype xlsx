--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,151 +179,151 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>37634</v>
+        <v>79208</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Drame humain</t>
+          <t>Buste de Mme Baes (mère de l'artiste Firmin Baes).</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>sculpture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39572</v>
+        <v>37634</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Albert Giraud</t>
+          <t>Drame humain</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>79208</v>
+        <v>39572</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Buste de Mme Baes (mère de l'artiste Firmin Baes).</t>
+          <t>Albert Giraud</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H4" s="2"/>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>40670</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Le Baiser</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Collection Gillion Crowet</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
@@ -511,125 +511,125 @@
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor / Horta, Victor</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1898 - 1899</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>bas-relief, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>pierre, bronze, pierre, bronze</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11404</v>
+        <v>43284</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Baiser</t>
+          <t>Le Mariage (aussi dénommé la Solidarité)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Hôtel Solvay</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor / Horta, Victor</t>
+          <t>Rousseau,  Victor</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1901</t>
+          <t>1901 - 1904</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>pendule</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>doré, technique d'assemblage, technique de sculpture</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>43284</v>
+        <v>11404</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Mariage (aussi dénommé la Solidarité)</t>
+          <t>Le Baiser</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Hôtel Solvay</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Rousseau,  Victor</t>
+          <t>Rousseau,  Victor / Horta, Victor</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1901 - 1904</t>
+          <t>1901 - 1901</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>pendule</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>doré, technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>45531</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Monument à Max Waller</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Rousseau,  Victor / Van Neck, Joseph</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>