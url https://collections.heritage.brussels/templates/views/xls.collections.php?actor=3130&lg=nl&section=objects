--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,91 +179,91 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>93219</v>
+        <v>93220</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le Christ bénissant</t>
+          <t>La Vierge en prière</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Metsijs,  Quinten</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>bois, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>93220</v>
+        <v>93219</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La Vierge en prière</t>
+          <t>Le Christ bénissant</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Centre public d’Action sociale de Bruxelles - Archives &amp; Musée</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Metsijs,  Quinten</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bois, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>