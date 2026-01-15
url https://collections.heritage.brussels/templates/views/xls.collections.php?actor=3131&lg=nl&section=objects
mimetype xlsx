--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -219,110 +219,110 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1950 - 1970</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>11214</v>
+        <v>11212</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Programme de la saison 1960-1961 de l'Atelier</t>
+          <t>Affiche du concert de "Missa Solemnis" de L. van Beethoven</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Stofs,  F.</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1960</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11212</v>
+        <v>11214</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Affiche du concert de "Missa Solemnis" de L. van Beethoven</t>
+          <t>Programme de la saison 1960-1961 de l'Atelier</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Atelier Marcel Hastir</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Stofs,  F.</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1960</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11218</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Affiche de l'exposition "Céramiques de Diane d'Oultremont"</t>