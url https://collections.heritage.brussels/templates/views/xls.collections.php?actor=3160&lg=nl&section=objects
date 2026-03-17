--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -188,171 +188,171 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>11316</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Table vitrine à trois vantaux rabattables et deux paires de tables gigognes</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Franco, Johan</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>table, vitrine</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>métal, verre, acajou</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>11307</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Bergère Schwob</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Genevrière, Marcel / Domin, André / Franco, Johan</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>11310</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Ensemble de 5 chaises traîneau</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Maison Dominique,  / Franco, Johan / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fauteuil</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>palissandre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11313</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Guéridon à trois plateaux pour lampe</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Franco, Johan / Maison Dominique,  / Genevrière, Marcel / Domin, André</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>sellette</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>acajou</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>