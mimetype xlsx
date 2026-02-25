--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -188,439 +188,439 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>102313</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>La nuit étoilée</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1927 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>11322</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>De Saedeleer,  Elisabeth / Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>11323</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>De Saedeleer,  Elisabeth / Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11324</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Couverture de piano</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bois, soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>11334</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Ensemble de tentures</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tenture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>11335</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>napperon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1928 - 1929</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>nappage</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie, tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>77307</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Les quatres éléments</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tapisserie</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>79891</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap / De Saedeleer,  Elisabeth</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>79892</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap / De Saedeleer,  Elisabeth</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>79894</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Composition abstraite</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap / De Saedeleer,  Elisabeth</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tapis de sol</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>102314</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Verrière aux motifs géométriques</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Gidding,  Jaap</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>bois, verre, plomb, métal</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
   </sheetData>