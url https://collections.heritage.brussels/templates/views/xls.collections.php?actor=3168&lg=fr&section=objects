--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,123 +179,123 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>78464</v>
+        <v>46791</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Plaquette dédiée au peintre bruxellois Léon Frédéric (1856-1940) : Exposition Internationale Beaux-Arts</t>
+          <t>Coupe </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Wolfers Frères [firme],  / Vinçotte, Thomas</t>
+          <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
-      <c r="H2" s="2"/>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>martelé, ciselé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>46791</v>
+        <v>78464</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Coupe </t>
+          <t>Plaquette dédiée au peintre bruxellois Léon Frédéric (1856-1940) : Exposition Internationale Beaux-Arts</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Philippe / Wolfers Frères [firme]</t>
+          <t>Wolfers Frères [firme],  / Vinçotte, Thomas</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1897 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
-      <c r="H3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>46974</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Service à café et à thé avec plateau</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1920 - 1925</t>
         </is>
       </c>