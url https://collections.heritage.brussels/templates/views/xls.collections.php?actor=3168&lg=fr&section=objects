--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -304,51 +304,51 @@
           <t>service de table, théière, sucrier, cafetière, plateau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>argent, palissandre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>martelé, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11349</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Service argenterie "Mona Lisa"</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Wolfers Frères [firme]</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>couvert de service</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>ciselé, technique des métaux</t>