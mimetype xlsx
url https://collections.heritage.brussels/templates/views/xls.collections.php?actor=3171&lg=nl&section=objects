--- v0 (2025-11-16)
+++ v1 (2026-02-04)
@@ -188,51 +188,51 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>11375</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Knabel, Hans</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1901 - 1950</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>broc</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>argent, cristal</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, soufflé</t>