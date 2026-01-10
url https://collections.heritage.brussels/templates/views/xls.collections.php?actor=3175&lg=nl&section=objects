--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -371,116 +371,116 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1884 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>buste</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cire</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>51399</v>
+        <v>86526</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Saint-Michel terrassant le démon (VdB)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Van der Stappen,  Charles / H Luppens &amp; Cie Bruxelles</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>cuivre, étain, zinc</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>86526</v>
+        <v>51399</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Saint-Michel terrassant le démon (VdB)</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Van der Stappen,  Charles / H Luppens &amp; Cie Bruxelles</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>cuivre, étain, zinc</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>36904</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Surtout de table</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Van der Stappen,  Charles / Horta, Victor</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
@@ -569,51 +569,51 @@
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>87170</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Médaille réalisée à l'occasion du centenaire de l'Académie royale des Beaux-Arts de Bruxelles 1800-1900</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Van der Stappen,  Charles / Dillens, Julien</t>
+          <t>Van der Stappen,  Charles / Dillens, Juliaan</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1900 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>objets ou collections numismatiques ou scientifiques, médailles, plaque commémorative</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>métal</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>11420</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>