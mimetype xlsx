--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -188,531 +188,531 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>11548</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Le chapeau noir</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1904 - 1985</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>11549</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1904 - 1985</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>11551</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Autoportrait au petit col rond</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1904 - 1985</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>11553</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Trois têtes de femme</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1904 - 1985</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>11558</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>11550</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, sanguine</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>11559</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Portrait d'Emile Fabry</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>11552</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, crayon</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>11547</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Le Jockey</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>11556</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Femme en robe bleue</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11555</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Nu féminin</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>11554</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Incertitude</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>panneau aggloméré, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>11557</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Portrait de Georges Désir</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Fabry, Suzanne</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>