--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -243,4456 +243,4456 @@
         <is>
           <t>Verger</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11654</v>
+        <v>11615</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>La pêche</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11655</v>
+        <v>11579</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>Vue de Villefranche-sur-Mer</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11656</v>
+        <v>11616</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Paysage avec moutons</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11657</v>
+        <v>11580</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Vue d'Espagne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11658</v>
+        <v>11617</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Paysage d'hiver</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11659</v>
+        <v>11618</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Manneken Pis</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11660</v>
+        <v>11619</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Dans les bois</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11661</v>
+        <v>11620</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Le peintre et ses modèles</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>crayon de couleur, encre noire, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11662</v>
+        <v>11621</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Ex Libris Y.H.G.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11663</v>
+        <v>11622</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Mélusine</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>11664</v>
+        <v>11623</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Dune à Nieuport</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11665</v>
+        <v>11624</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Le Chat botté</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11666</v>
+        <v>11625</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Croquis de plage</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11667</v>
+        <v>11626</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11631</v>
+        <v>11627</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Ex Libris</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11668</v>
+        <v>11628</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>Ex Libris</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11632</v>
+        <v>11629</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Femme à l'amphore</t>
+          <t>Guirlande</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11669</v>
+        <v>11630</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Oiseau aux baies</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11670</v>
+        <v>11563</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Les trois grandes</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11634</v>
+        <v>11564</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Voilier</t>
+          <t>Nature morte au miroir</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11636</v>
+        <v>11601</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Rapace</t>
+          <t>Jardins dans la neige</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11638</v>
+        <v>11602</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille</t>
+          <t>Bateaux</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11639</v>
+        <v>11566</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris</t>
+          <t>Le Libertin</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11640</v>
+        <v>11603</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le peintre Marcel Hastir dans son atelier</t>
+          <t>Port</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11641</v>
+        <v>11604</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Promenade</t>
+          <t>Petit Sablon</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11642</v>
+        <v>11605</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La Dame de coeur</t>
+          <t>Paysage au personnage lisant</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11643</v>
+        <v>11606</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Femme en robe de chambre</t>
+          <t>Village</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11644</v>
+        <v>11607</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>La femme au renard</t>
+          <t>Le chirurgien</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11645</v>
+        <v>11571</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Paysage hivernal</t>
+          <t>Actéon et Artémis</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11646</v>
+        <v>11608</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>La main verte</t>
+          <t>Scoutisme à Nieuport</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre noire, papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11647</v>
+        <v>11609</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Gondolier à Venise</t>
+          <t>Timbre à l'effigie de Léopold Ier</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11648</v>
+        <v>11610</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Cor de chasse</t>
+          <t>Timbre à l'effigie de la reine Victoria</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>encre rouge, papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11650</v>
+        <v>11611</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La partie de cartes</t>
+          <t>Pompe</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11651</v>
+        <v>11612</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>Portrait au jeu d'échec</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11652</v>
+        <v>11576</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>L'Escaut</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11653</v>
+        <v>11613</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Combat de coqs</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11563</v>
+        <v>11577</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les trois grandes</t>
+          <t>Naples</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11564</v>
+        <v>11578</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au miroir</t>
+          <t>Hendaye</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11601</v>
+        <v>11662</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Jardins dans la neige</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11602</v>
+        <v>11663</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Bateaux</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11566</v>
+        <v>11664</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Le Libertin</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11603</v>
+        <v>11665</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Port</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11604</v>
+        <v>11666</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Petit Sablon</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11605</v>
+        <v>11667</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Paysage au personnage lisant</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11606</v>
+        <v>11631</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Village</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>11607</v>
+        <v>11668</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Le chirurgien</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>11571</v>
+        <v>11632</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Actéon et Artémis</t>
+          <t>Femme à l'amphore</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>11608</v>
+        <v>11669</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Scoutisme à Nieuport</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11609</v>
+        <v>11670</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Timbre à l'effigie de Léopold Ier</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11610</v>
+        <v>11634</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Timbre à l'effigie de la reine Victoria</t>
+          <t>Voilier</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>encre rouge, papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11611</v>
+        <v>11636</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Pompe</t>
+          <t>Rapace</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11612</v>
+        <v>11638</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Portrait au jeu d'échec</t>
+          <t>Jeune fille</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11576</v>
+        <v>11639</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut</t>
+          <t>Ex Libris</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11613</v>
+        <v>11640</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Combat de coqs</t>
+          <t>Le peintre Marcel Hastir dans son atelier</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11577</v>
+        <v>11641</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Naples</t>
+          <t>Promenade</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11578</v>
+        <v>11642</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Hendaye</t>
+          <t>La Dame de coeur</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11615</v>
+        <v>11643</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>La pêche</t>
+          <t>Femme en robe de chambre</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11579</v>
+        <v>11644</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Vue de Villefranche-sur-Mer</t>
+          <t>La femme au renard</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11616</v>
+        <v>11645</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec moutons</t>
+          <t>Paysage hivernal</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11580</v>
+        <v>11646</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Vue d'Espagne</t>
+          <t>La main verte</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>aquarelle, encre noire, papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11617</v>
+        <v>11647</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Paysage d'hiver</t>
+          <t>Gondolier à Venise</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11618</v>
+        <v>11648</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Manneken Pis</t>
+          <t>Cor de chasse</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11619</v>
+        <v>11650</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Dans les bois</t>
+          <t>La partie de cartes</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11620</v>
+        <v>11651</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le peintre et ses modèles</t>
+          <t>Ensemble de deux vases décoratifs</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11621</v>
+        <v>11652</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris Y.H.G.</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11622</v>
+        <v>11653</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Mélusine</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11623</v>
+        <v>11654</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Dune à Nieuport</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11624</v>
+        <v>11655</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Le Chat botté</t>
+          <t>L'oiseau bleu</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11625</v>
+        <v>11656</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Croquis de plage</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11626</v>
+        <v>11657</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale Saints-Michel-et-Gudule</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11627</v>
+        <v>11658</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11628</v>
+        <v>11659</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11629</v>
+        <v>11660</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Guirlande</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11630</v>
+        <v>11661</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Oiseau aux baies</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>11589</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Citroën</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier, gouache</t>
         </is>
       </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11573</v>
+        <v>11590</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11590</v>
+        <v>11573</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>11585</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>La chorale</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>11586</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>La chorale</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>papier, gouache, aquarelle</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
         <v>11587</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
           <t>Le concert</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>papier, gouache, aquarelle</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
         <v>11588</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
           <t>Le concert</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1925 - 1925</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>papier, gouache, aquarelle</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
         <v>11575</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>Le déshabillé rose</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1926 - 1926</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
         <v>11583</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1929 - 1929</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>papier, gouache</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
         <v>11581</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
           <t>Nieuport</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1930 - 1930</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
         <v>11593</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
           <t>Le massacre des Innocents</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1932 - 1932</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
         <v>11595</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
           <t>Fez</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1935 - 1938</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
         <v>11560</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Portrait de Madame Defossez</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>11572</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Lilly allongée</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1939 - 1939</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>pastel, gouache, toile</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
         <v>11614</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
           <t>Carte de voeux 1946</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1945 - 1945</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>encre noire, aquarelle, papier</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
         <v>11637</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
           <t>Carte de voeux 1947</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1946 - 1946</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>11596</v>
+        <v>11594</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Maquette de décor pour "La mort de Danton"</t>
+          <t>Edmond Delescluze et Suzanne Fabry</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>11594</v>
+        <v>11596</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Edmond Delescluze et Suzanne Fabry</t>
+          <t>Maquette de décor pour "La mort de Danton"</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11649</v>
+        <v>11598</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Carte de voeux 1950</t>
+          <t>Maquette de décor pour "Manon"</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1949 - 1949</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11598</v>
+        <v>11649</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Maquette de décor pour "Manon"</t>
+          <t>Carte de voeux 1950</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1949 - 1949</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, aquarelle</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
         <v>11562</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Hope ou l'Espoir</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
         <v>11565</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
           <t>Trois femmes nues</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>11597</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Maquette de décor pour "Le Consul"</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1951 - 1951</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
         <v>11635</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
           <t>Carte de voeux 1955</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1954 - 1954</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
         <v>11574</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>Maquette de décor pour "David"</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1955 - 1955</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
         <v>11599</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>Maquette de décor pour "Paillasse"</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1957 - 1957</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
         <v>11600</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Maquette de décor pour "La Bohême"</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1958 - 1958</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
         <v>11592</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>Les 3 jockeys</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1960 - 1960</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
         <v>11561</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>L'horloge sans visage</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1961 - 1961</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
         <v>11570</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
           <t>L'Exposition</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1970 - 1970</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
         <v>11582</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
           <t>Le chirurgien</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1975 - 1980</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
         <v>11567</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>Le jardin des Hespérides</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1977 - 1977</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
         <v>11568</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Le jardin des Hespérides</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1977 - 1977</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
         <v>11569</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
           <t>Le jardin des Hespérides</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1977 - 1977</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>11633</v>
+        <v>11591</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>La femme et l'oiseau</t>
+          <t>Jour de fête</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1985 - 1985</t>
+          <t>1985 - 1987</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>11591</v>
+        <v>11633</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Jour de fête</t>
+          <t>La femme et l'oiseau</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1985 - 1987</t>
+          <t>1985 - 1985</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>11584</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>L'Angoisse</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>Maison-atelier Émile Fabry</t>
+          <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1993 - 1993</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>