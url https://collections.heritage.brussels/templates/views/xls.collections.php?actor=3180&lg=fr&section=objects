--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -243,3116 +243,3116 @@
         <is>
           <t>Verger</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11615</v>
+        <v>11650</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La pêche</t>
+          <t>La partie de cartes</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11579</v>
+        <v>11651</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Vue de Villefranche-sur-Mer</t>
+          <t>Ensemble de deux vases décoratifs</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11616</v>
+        <v>11652</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec moutons</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11580</v>
+        <v>11653</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Vue d'Espagne</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11617</v>
+        <v>11654</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Paysage d'hiver</t>
+          <t>coupe décorative</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11618</v>
+        <v>11655</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Manneken Pis</t>
+          <t>L'oiseau bleu</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11619</v>
+        <v>11656</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Dans les bois</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11620</v>
+        <v>11657</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le peintre et ses modèles</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>crayon de couleur, encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11621</v>
+        <v>11658</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris Y.H.G.</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11622</v>
+        <v>11659</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Mélusine</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>11623</v>
+        <v>11660</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Dune à Nieuport</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11624</v>
+        <v>11661</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Chat botté</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11625</v>
+        <v>11662</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Croquis de plage</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11626</v>
+        <v>11663</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Cathédrale Saints-Michel-et-Gudule</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11627</v>
+        <v>11664</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11628</v>
+        <v>11665</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11629</v>
+        <v>11666</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Guirlande</t>
+          <t>assiette décorative</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vaisselle décorative</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11630</v>
+        <v>11667</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Oiseau aux baies</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11563</v>
+        <v>11631</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les trois grandes</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11564</v>
+        <v>11668</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au miroir</t>
+          <t>carreau de revêtement</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objet décoratif ou de rangement</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11601</v>
+        <v>11632</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Jardins dans la neige</t>
+          <t>Femme à l'amphore</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11602</v>
+        <v>11669</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Bateaux</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11566</v>
+        <v>11670</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Le Libertin</t>
+          <t>vase décoratif</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>céramique</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>cuit [céramique], modelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11603</v>
+        <v>11634</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Port</t>
+          <t>Voilier</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11604</v>
+        <v>11636</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Petit Sablon</t>
+          <t>Rapace</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11605</v>
+        <v>11638</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Paysage au personnage lisant</t>
+          <t>Jeune fille</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11606</v>
+        <v>11639</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Village</t>
+          <t>Ex Libris</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11607</v>
+        <v>11640</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Le chirurgien</t>
+          <t>Le peintre Marcel Hastir dans son atelier</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11571</v>
+        <v>11641</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Actéon et Artémis</t>
+          <t>Promenade</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11608</v>
+        <v>11642</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Scoutisme à Nieuport</t>
+          <t>La Dame de coeur</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11609</v>
+        <v>11643</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Timbre à l'effigie de Léopold Ier</t>
+          <t>Femme en robe de chambre</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11610</v>
+        <v>11644</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Timbre à l'effigie de la reine Victoria</t>
+          <t>La femme au renard</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>encre rouge, papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11611</v>
+        <v>11645</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Pompe</t>
+          <t>Paysage hivernal</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11612</v>
+        <v>11646</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Portrait au jeu d'échec</t>
+          <t>La main verte</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>aquarelle, encre noire, papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11576</v>
+        <v>11647</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut</t>
+          <t>Gondolier à Venise</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11613</v>
+        <v>11648</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Combat de coqs</t>
+          <t>Cor de chasse</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11577</v>
+        <v>11601</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Naples</t>
+          <t>Jardins dans la neige</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11578</v>
+        <v>11602</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Hendaye</t>
+          <t>Bateaux</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11662</v>
+        <v>11566</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Le Libertin</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11663</v>
+        <v>11603</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Port</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11664</v>
+        <v>11604</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Petit Sablon</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11665</v>
+        <v>11605</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Paysage au personnage lisant</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11666</v>
+        <v>11606</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Village</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11667</v>
+        <v>11607</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>Le chirurgien</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11631</v>
+        <v>11571</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Actéon et Artémis</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>11668</v>
+        <v>11608</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>carreau de revêtement</t>
+          <t>Scoutisme à Nieuport</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>11632</v>
+        <v>11609</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Femme à l'amphore</t>
+          <t>Timbre à l'effigie de Léopold Ier</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>11669</v>
+        <v>11610</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Timbre à l'effigie de la reine Victoria</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre rouge, papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11670</v>
+        <v>11611</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Pompe</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11634</v>
+        <v>11612</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Voilier</t>
+          <t>Portrait au jeu d'échec</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11636</v>
+        <v>11576</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Rapace</t>
+          <t>L'Escaut</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11638</v>
+        <v>11613</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille</t>
+          <t>Combat de coqs</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11639</v>
+        <v>11577</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Ex Libris</t>
+          <t>Naples</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11640</v>
+        <v>11578</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Le peintre Marcel Hastir dans son atelier</t>
+          <t>Hendaye</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11641</v>
+        <v>11615</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Promenade</t>
+          <t>La pêche</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11642</v>
+        <v>11579</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>La Dame de coeur</t>
+          <t>Vue de Villefranche-sur-Mer</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11643</v>
+        <v>11616</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Femme en robe de chambre</t>
+          <t>Paysage avec moutons</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11644</v>
+        <v>11580</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>La femme au renard</t>
+          <t>Vue d'Espagne</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11645</v>
+        <v>11617</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Paysage hivernal</t>
+          <t>Paysage d'hiver</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11646</v>
+        <v>11618</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>La main verte</t>
+          <t>Manneken Pis</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre noire, papier</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11647</v>
+        <v>11619</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Gondolier à Venise</t>
+          <t>Dans les bois</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11648</v>
+        <v>11620</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Cor de chasse</t>
+          <t>Le peintre et ses modèles</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>crayon de couleur, encre noire, papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11650</v>
+        <v>11621</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>La partie de cartes</t>
+          <t>Ex Libris Y.H.G.</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11651</v>
+        <v>11622</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de deux vases décoratifs</t>
+          <t>Mélusine</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11652</v>
+        <v>11623</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Dune à Nieuport</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11653</v>
+        <v>11624</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>vase décoratif</t>
+          <t>Le Chat botté</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11654</v>
+        <v>11625</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>coupe décorative</t>
+          <t>Croquis de plage</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11655</v>
+        <v>11626</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>L'oiseau bleu</t>
+          <t>Cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>objet décoratif ou de rangement</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11656</v>
+        <v>11627</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Ex Libris</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11657</v>
+        <v>11628</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Ex Libris</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11658</v>
+        <v>11629</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Guirlande</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11659</v>
+        <v>11630</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Oiseau aux baies</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11660</v>
+        <v>11563</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Les trois grandes</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11661</v>
+        <v>11564</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>assiette décorative</t>
+          <t>Nature morte au miroir</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - 1993</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>vaisselle décorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>céramique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], modelé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
         <v>11589</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Citroën</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>papier, gouache</t>
         </is>
       </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11590</v>
+        <v>11573</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11573</v>
+        <v>11590</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1922 - 1922</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
         <v>11585</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>La chorale</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
@@ -3919,190 +3919,190 @@
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11598</v>
+        <v>11649</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Maquette de décor pour "Manon"</t>
+          <t>Carte de voeux 1950</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1949 - 1949</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, aquarelle</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11649</v>
+        <v>11598</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Carte de voeux 1950</t>
+          <t>Maquette de décor pour "Manon"</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1949 - 1949</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>11562</v>
+        <v>11565</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Hope ou l'Espoir</t>
+          <t>Trois femmes nues</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>11565</v>
+        <v>11562</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Trois femmes nues</t>
+          <t>Hope ou l'Espoir</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
         <v>11597</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
           <t>Maquette de décor pour "Le Consul"</t>
@@ -4559,125 +4559,125 @@
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1977 - 1977</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>11591</v>
+        <v>11633</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Jour de fête</t>
+          <t>La femme et l'oiseau</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
-          <t>1985 - 1987</t>
+          <t>1985 - 1985</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>11633</v>
+        <v>11591</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>La femme et l'oiseau</t>
+          <t>Jour de fête</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
-          <t>1985 - 1985</t>
+          <t>1985 - 1987</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
         <v>11584</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>L'Angoisse</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Atelier Émile Fabry</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Delescluze, Edmond</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1993 - 1993</t>