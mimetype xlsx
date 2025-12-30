--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -215,4240 +215,4240 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>De Rijck,  Robert / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier mâché</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>11820</v>
+        <v>11817</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Corps de marquis et tête de Maure</t>
+          <t>Corps de bourgeois (figurant)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11821</v>
+        <v>11818</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Chef des Sarrasins</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11822</v>
+        <v>11784</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11823</v>
+        <v>11748</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Agent de police français</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois, peinture, carton-pierre</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11824</v>
+        <v>11785</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Soldat de Napoléon</t>
+          <t>Tête de Lucifer et corps de bandit mexicain</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11825</v>
+        <v>11786</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Corps de diablotin</t>
+          <t>Corps de Jef Pataat</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11826</v>
+        <v>11787</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Corps d'Espagnol</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, cuivre, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11827</v>
+        <v>11788</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Le petit Henri</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, bois, métal</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11828</v>
+        <v>11752</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Corps de pauvresse</t>
+          <t>Woltje écuyer</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11829</v>
+        <v>11790</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Mouton</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, cuir, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11840</v>
+        <v>11754</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Corps de dame</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>carton, laiton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>11841</v>
+        <v>11755</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11842</v>
+        <v>11793</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Corps du Chevalier gascon</t>
+          <t>Corps de gentilhomme et tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, plume, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11843</v>
+        <v>11758</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11819</v>
+        <v>11795</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11675</v>
+        <v>11796</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11676</v>
+        <v>11797</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>carton, feutre, métal, bois</t>
+          <t>carton, zinc, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11677</v>
+        <v>11798</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Ange avec bâton</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>métal, carton-pierre, bois, papier journal</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11715</v>
+        <v>11799</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>Corps de maure</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11716</v>
+        <v>11800</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Pietje la Mort</t>
+          <t>Corps de chevalier</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11683</v>
+        <v>11801</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Marie</t>
+          <t>Soldat français</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11722</v>
+        <v>11802</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Jan Breydel</t>
+          <t>Corps de suivante de la reine et tête d'homme</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11723</v>
+        <v>11803</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Brigand</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11724</v>
+        <v>11804</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Personnage de style espagnol</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11725</v>
+        <v>11805</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Dame Marthe</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11726</v>
+        <v>11806</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11727</v>
+        <v>11807</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Jeune bourgeoise</t>
+          <t>Corps de jeune femme</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11728</v>
+        <v>11808</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Corps d'homme</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11729</v>
+        <v>11809</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11730</v>
+        <v>11810</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Athos</t>
+          <t>Serviteur</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11731</v>
+        <v>11811</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Porthos</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11732</v>
+        <v>11812</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Aramis</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11733</v>
+        <v>11813</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>d'Artagnan</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11734</v>
+        <v>11814</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (fils)</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11735</v>
+        <v>11815</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (père)</t>
+          <t>Garçon (figurant)</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11736</v>
+        <v>11816</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Veuve</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11737</v>
+        <v>11828</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Corps de pauvresse</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, papier mâché, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11705</v>
+        <v>11829</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Mouton</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11745</v>
+        <v>11840</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Corps de dame</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, laiton, métal, bois</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11706</v>
+        <v>11841</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Pietje la mort</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>perle, carton, métal, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11746</v>
+        <v>11842</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Mazarin</t>
+          <t>Corps du Chevalier gascon</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, papier mâché, bois</t>
+          <t>carton, papier mâché, plume, métal, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11747</v>
+        <v>11843</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Soldat au tricorne</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11708</v>
+        <v>11819</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Hérode</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11784</v>
+        <v>11820</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Corps de marquis et tête de Maure</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11748</v>
+        <v>11821</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Chef des Sarrasins</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cuir, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11785</v>
+        <v>11822</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Tête de Lucifer et corps de bandit mexicain</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>11786</v>
+        <v>11823</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Corps de Jef Pataat</t>
+          <t>Agent de police français</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, bois, peinture, carton-pierre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>11787</v>
+        <v>11824</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Soldat de Napoléon</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, papier mâché, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>11788</v>
+        <v>11825</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Le petit Henri</t>
+          <t>Corps de diablotin</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11752</v>
+        <v>11826</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Woltje écuyer</t>
+          <t>Corps d'Espagnol</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>perle, carton, cuivre, métal, bois</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11790</v>
+        <v>11827</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, carton-pierre, bois</t>
+          <t>carton, papier mâché, bois, métal</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11754</v>
+        <v>11683</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Marie</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11755</v>
+        <v>11722</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Agent de police ou Stok Agent</t>
+          <t>Jan Breydel</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11793</v>
+        <v>11723</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Corps de gentilhomme et tête d'homme du peuple</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11758</v>
+        <v>11724</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11795</v>
+        <v>11725</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11796</v>
+        <v>11726</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11797</v>
+        <v>11727</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Jeune bourgeoise</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>carton, zinc, métal, papier mâché, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11798</v>
+        <v>11728</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Ange avec bâton</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11799</v>
+        <v>11729</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Corps de maure</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11800</v>
+        <v>11730</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Corps de chevalier</t>
+          <t>Athos</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11801</v>
+        <v>11731</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Soldat français</t>
+          <t>Porthos</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11802</v>
+        <v>11732</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Corps de suivante de la reine et tête d'homme</t>
+          <t>Aramis</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11803</v>
+        <v>11733</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Brigand</t>
+          <t>d'Artagnan</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11804</v>
+        <v>11734</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Personnage de style espagnol</t>
+          <t>Pardaillan (fils)</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11805</v>
+        <v>11735</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Dame Marthe</t>
+          <t>Pardaillan (père)</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11806</v>
+        <v>11736</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, bois</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11807</v>
+        <v>11737</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Corps de jeune femme</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, verre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11808</v>
+        <v>11705</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Corps d'homme</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11809</v>
+        <v>11745</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11810</v>
+        <v>11706</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Serviteur</t>
+          <t>Pietje la mort</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11811</v>
+        <v>11746</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Mazarin</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11812</v>
+        <v>11747</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Soldat au tricorne</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11813</v>
+        <v>11708</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Hérode</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11814</v>
+        <v>11675</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton-pierre, métal, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11815</v>
+        <v>11676</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Garçon (figurant)</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, feutre, métal, bois</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11816</v>
+        <v>11677</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Veuve</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11817</v>
+        <v>11715</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois (figurant)</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11818</v>
+        <v>11716</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Pietje la Mort</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>11783</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Aurore de Caylus</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1859 - 1927</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>carton, métal, verre, carton-pierre, bois, peinture</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11740</v>
+        <v>11780</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Madame Leivenbach</t>
+          <t>Diable</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11741</v>
+        <v>11781</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Garde</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11742</v>
+        <v>11789</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Dame (figurante)</t>
+          <t>Corps de garde</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11743</v>
+        <v>11791</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Homme à la cape</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11789</v>
+        <v>11792</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Corps de garde</t>
+          <t>Corps de bourgeois</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11791</v>
+        <v>11763</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>11792</v>
+        <v>11764</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>11763</v>
+        <v>11765</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11764</v>
+        <v>11766</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>11765</v>
+        <v>11767</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>11766</v>
+        <v>11768</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Maman Bernarde</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>11767</v>
+        <v>11769</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Spadassin</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>11768</v>
+        <v>11770</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Maman Bernarde</t>
+          <t>Gamin (petit plongeur)</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois, papier journal, peinture</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11769</v>
+        <v>11771</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Spadassin</t>
+          <t>Napoléon (sans son chapeau)</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11770</v>
+        <v>11772</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Gamin (petit plongeur)</t>
+          <t>Spadassin à tête de diable</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal, peinture</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>11771</v>
+        <v>11773</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Napoléon (sans son chapeau)</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>11772</v>
+        <v>11774</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Spadassin à tête de diable</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>11773</v>
+        <v>11775</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>11774</v>
+        <v>11777</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Geneviève de Brabant</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>11775</v>
+        <v>11778</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Le Régent</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>11777</v>
+        <v>11779</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Geneviève de Brabant</t>
+          <t>Dame</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>11778</v>
+        <v>11740</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Le Régent</t>
+          <t>Madame Leivenbach</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>11779</v>
+        <v>11741</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Dame</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>11780</v>
+        <v>11742</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Diable</t>
+          <t>Dame (figurante)</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>11781</v>
+        <v>11743</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Garde</t>
+          <t>Homme à la cape</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
         <v>11750</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
           <t>Woltje met zyn chik (Woltje à la chique) / Woltje de Toone IV</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Toone IV, (Jeanke Hembauf)  / Théâtre Royal de Toone,</t>
@@ -4655,2365 +4655,2365 @@
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1931 - 1931</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>métal, verre, bois</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>11711</v>
+        <v>11782</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>11712</v>
+        <v>11719</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Hortense, épouse de Ponce Pilate</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>11713</v>
+        <v>11682</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>11714</v>
+        <v>11720</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Melchior</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>11679</v>
+        <v>11684</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>De Lacher</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>11719</v>
+        <v>11685</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Hortense, épouse de Ponce Pilate</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>11682</v>
+        <v>11686</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>11720</v>
+        <v>11687</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Melchior</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>11684</v>
+        <v>11689</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>De Lacher</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>11685</v>
+        <v>11694</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Saint Joseph</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11686</v>
+        <v>11696</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Christ sur la croix</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11687</v>
+        <v>11697</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11689</v>
+        <v>11703</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11694</v>
+        <v>11707</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11696</v>
+        <v>11710</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Christ sur la croix</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11697</v>
+        <v>11711</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11703</v>
+        <v>11712</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11707</v>
+        <v>11713</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11710</v>
+        <v>11714</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11782</v>
+        <v>11679</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>11853</v>
+        <v>11749</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme du peuple</t>
+          <t>Woltje de Toone VI</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>11680</v>
+        <v>11753</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Cabaretier</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>11681</v>
+        <v>11794</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Roi mage</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>11688</v>
+        <v>11762</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, bois</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>11690</v>
+        <v>11853</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>11691</v>
+        <v>11680</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>11692</v>
+        <v>11681</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Larron</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>11693</v>
+        <v>11688</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Larron</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>11698</v>
+        <v>11690</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>cuir, carton, fer, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>11702</v>
+        <v>11691</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Le Diable</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, bois</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>11709</v>
+        <v>11692</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Larron</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>11749</v>
+        <v>11693</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone VI</t>
+          <t>Larron</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>11753</v>
+        <v>11698</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Cabaretier</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cuir, carton, fer, métal, bois</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>11794</v>
+        <v>11702</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Roi mage</t>
+          <t>Le Diable</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>11762</v>
+        <v>11709</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1937 - 1963</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>11844</v>
+        <v>11756</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Tête de jeune femme</t>
+          <t>Jeune femme</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>11845</v>
+        <v>11757</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme du peuple</t>
+          <t>Corps de moine et tête de femme</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>11846</v>
+        <v>11844</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Tête de bandit mexicain</t>
+          <t>Tête de jeune femme</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>métal, feutre, papier mâché, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>11847</v>
+        <v>11845</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>métal, papier mâché, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>11848</v>
+        <v>11846</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Tête de Porthos</t>
+          <t>Tête de bandit mexicain</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>métal, verre, carton-pierre, bois</t>
+          <t>métal, feutre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>11849</v>
+        <v>11847</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>11850</v>
+        <v>11848</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme</t>
+          <t>Tête de Porthos</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>métal, cheveux, papier mâché, bois</t>
+          <t>métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>11851</v>
+        <v>11849</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>métal, cheveux, papier mâché, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>11852</v>
+        <v>11850</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Tête d'un des Pardaillan</t>
+          <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>métal, cheveux, verre, carton-pierre, bois</t>
+          <t>métal, cheveux, papier mâché, bois</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>11854</v>
+        <v>11851</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
           <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>métal, papier mâché, bois</t>
+          <t>métal, cheveux, papier mâché, bois</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>11855</v>
+        <v>11852</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Tête d'homme blessé</t>
+          <t>Tête d'un des Pardaillan</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>métal, papier mâché, bois</t>
+          <t>métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>41677</v>
+        <v>11854</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>Tête d'homme</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>bois, carton-pierre, carton</t>
+          <t>métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>11678</v>
+        <v>11855</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Jef Pataat</t>
+          <t>Tête d'homme blessé</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>11718</v>
+        <v>41677</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>bois, carton-pierre, carton</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>11721</v>
+        <v>11718</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>D'Artagnan</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>11695</v>
+        <v>11721</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>D'Artagnan</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
-          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>11700</v>
+        <v>11695</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Vierge Marie</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>11701</v>
+        <v>11700</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Vierge Marie</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>11704</v>
+        <v>11701</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Serviteur du Roi Hérode</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>11756</v>
+        <v>11704</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme</t>
+          <t>Serviteur du Roi Hérode</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>11757</v>
+        <v>11678</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Corps de moine et tête de femme</t>
+          <t>Jef Pataat</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>11674</v>
+        <v>11699</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Woltje</t>
+          <t>Woltje de Toone VII</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Toone VII, (José Géal) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1963 - 2008</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>11699</v>
+        <v>11674</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Woltje de Toone VII</t>
+          <t>Woltje</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Toone VII, (José Géal) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1963 - 2008</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
         <v>11839</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
           <t>Soldat espagnol blessé</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1967 - 1967</t>