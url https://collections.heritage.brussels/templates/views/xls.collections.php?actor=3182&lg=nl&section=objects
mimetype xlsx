--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -215,4080 +215,4080 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>De Rijck,  Robert / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier mâché</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>11817</v>
+        <v>11807</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois (figurant)</t>
+          <t>Corps de jeune femme</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>11818</v>
+        <v>11808</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Corps d'homme</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11784</v>
+        <v>11809</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Chevalier</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11748</v>
+        <v>11810</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Serviteur</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11785</v>
+        <v>11811</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Tête de Lucifer et corps de bandit mexicain</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11786</v>
+        <v>11812</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Corps de Jef Pataat</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11787</v>
+        <v>11813</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11788</v>
+        <v>11814</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le petit Henri</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, fer, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11752</v>
+        <v>11815</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Woltje écuyer</t>
+          <t>Garçon (figurant)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11790</v>
+        <v>11816</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Veuve</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11754</v>
+        <v>11817</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Corps de bourgeois (figurant)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>11755</v>
+        <v>11818</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Agent de police ou Stok Agent</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11793</v>
+        <v>11784</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Corps de gentilhomme et tête d'homme du peuple</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11758</v>
+        <v>11748</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11795</v>
+        <v>11785</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Tête de Lucifer et corps de bandit mexicain</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11796</v>
+        <v>11786</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Corps de Jef Pataat</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11797</v>
+        <v>11787</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Petit garde</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>carton, zinc, métal, papier mâché, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11798</v>
+        <v>11788</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Ange avec bâton</t>
+          <t>Le petit Henri</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11799</v>
+        <v>11752</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Corps de maure</t>
+          <t>Woltje écuyer</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11800</v>
+        <v>11790</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Corps de chevalier</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>cuir, métal, bois</t>
+          <t>carton, cuir, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11801</v>
+        <v>11754</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Soldat français</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11802</v>
+        <v>11755</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Corps de suivante de la reine et tête d'homme</t>
+          <t>Agent de police ou Stok Agent</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11803</v>
+        <v>11793</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Brigand</t>
+          <t>Corps de gentilhomme et tête d'homme du peuple</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>dentelle, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11804</v>
+        <v>11758</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Personnage de style espagnol</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11805</v>
+        <v>11795</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Dame Marthe</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11806</v>
+        <v>11796</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Maure</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11807</v>
+        <v>11797</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Corps de jeune femme</t>
+          <t>Petit garde</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, zinc, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11808</v>
+        <v>11798</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Corps d'homme</t>
+          <t>Ange avec bâton</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>métal, carton-pierre, bois, papier journal</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11809</v>
+        <v>11799</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Corps de maure</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11810</v>
+        <v>11800</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Serviteur</t>
+          <t>Corps de chevalier</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cuir, métal, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11811</v>
+        <v>11801</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Soldat français</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11812</v>
+        <v>11802</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>Corps de suivante de la reine et tête d'homme</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11813</v>
+        <v>11803</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Brigand</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11814</v>
+        <v>11804</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Petit garde</t>
+          <t>Personnage de style espagnol</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>carton, fer, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11815</v>
+        <v>11805</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Garçon (figurant)</t>
+          <t>Dame Marthe</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, cheveux, carton-pierre, bois</t>
+          <t>perle, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11816</v>
+        <v>11806</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Veuve</t>
+          <t>Maure</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11828</v>
+        <v>11821</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Corps de pauvresse</t>
+          <t>Chef des Sarrasins</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>carton, cuir, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11829</v>
+        <v>11822</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Mouton</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11840</v>
+        <v>11823</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Corps de dame</t>
+          <t>Agent de police français</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>carton, laiton, métal, bois</t>
+          <t>carton, métal, bois, peinture, carton-pierre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11841</v>
+        <v>11824</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Soldat de Napoléon</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, métal, bois</t>
+          <t>carton, métal, papier mâché, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11842</v>
+        <v>11825</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Corps du Chevalier gascon</t>
+          <t>Corps de diablotin</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, plume, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11843</v>
+        <v>11826</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Corps d'Espagnol</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, métal, bois</t>
+          <t>perle, carton, cuivre, métal, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11819</v>
+        <v>11827</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, papier mâché, bois, métal</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11820</v>
+        <v>11828</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Corps de marquis et tête de Maure</t>
+          <t>Corps de pauvresse</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11821</v>
+        <v>11829</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Chef des Sarrasins</t>
+          <t>Mouton</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, métal, papier mâché, bois</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>11822</v>
+        <v>11840</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>Corps de dame</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, laiton, métal, bois</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>11823</v>
+        <v>11841</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Agent de police français</t>
+          <t>Corps de veuve</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois, peinture, carton-pierre</t>
+          <t>perle, carton, métal, bois</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>11824</v>
+        <v>11842</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Soldat de Napoléon</t>
+          <t>Corps du Chevalier gascon</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, carton-pierre, bois</t>
+          <t>carton, papier mâché, plume, métal, bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>11825</v>
+        <v>11843</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Corps de diablotin</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, papier mâché, métal, bois</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>11826</v>
+        <v>11819</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Corps d'Espagnol</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Wolfers, Marcel / Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>perle, carton, cuivre, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>11827</v>
+        <v>11820</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Corps de veuve</t>
+          <t>Corps de marquis et tête de Maure</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>carton, papier mâché, bois, métal</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, dentelle, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>11683</v>
+        <v>11676</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Marie</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>carton, feutre, métal, bois</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>11722</v>
+        <v>11677</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Jan Breydel</t>
+          <t>Le Lion de Flandre</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>11723</v>
+        <v>11715</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Gui de Dampierre, père du Lion de Flandre</t>
+          <t>Jésus-Christ</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>11724</v>
+        <v>11716</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Pietje la Mort</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>11725</v>
+        <v>11683</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Charlemagne</t>
+          <t>Marie</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, papier mâché, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>11726</v>
+        <v>11722</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Un seigneur</t>
+          <t>Jan Breydel</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>11727</v>
+        <v>11723</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Jeune bourgeoise</t>
+          <t>Gui de Dampierre, père du Lion de Flandre</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>11728</v>
+        <v>11724</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Femme du peuple</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>11729</v>
+        <v>11725</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Charlemagne</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois</t>
+          <t>cheveux, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>11730</v>
+        <v>11726</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Athos</t>
+          <t>Un seigneur</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>ciselé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>11731</v>
+        <v>11727</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Porthos</t>
+          <t>Jeune bourgeoise</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>11732</v>
+        <v>11728</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Aramis</t>
+          <t>Femme du peuple</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>11733</v>
+        <v>11729</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>d'Artagnan</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>cheveux, métal, verre, carton-pierre, bois</t>
+          <t>métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>11734</v>
+        <v>11730</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (fils)</t>
+          <t>Athos</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11735</v>
+        <v>11731</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Pardaillan (père)</t>
+          <t>Porthos</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>11736</v>
+        <v>11732</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Soldat espagnol</t>
+          <t>Aramis</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>11737</v>
+        <v>11733</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Soldat</t>
+          <t>d'Artagnan</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>11705</v>
+        <v>11734</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Pardaillan (fils)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>11745</v>
+        <v>11735</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Homme (figurant)</t>
+          <t>Pardaillan (père)</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>11706</v>
+        <v>11736</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Pietje la mort</t>
+          <t>Soldat espagnol</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Toone VI , (Pierre Welleman) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, verre, bois</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>11746</v>
+        <v>11737</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Mazarin</t>
+          <t>Soldat</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, papier mâché, bois</t>
+          <t>carton, métal, verre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>11747</v>
+        <v>11705</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Soldat au tricorne</t>
+          <t>Monsieur Judas</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, cheveux, métal, bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>11708</v>
+        <v>11745</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Hérode</t>
+          <t>Homme (figurant)</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>11675</v>
+        <v>11706</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Pietje la mort</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>11676</v>
+        <v>11746</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Judas</t>
+          <t>Mazarin</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>carton, feutre, métal, bois</t>
+          <t>cheveux, carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>11677</v>
+        <v>11747</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Le Lion de Flandre</t>
+          <t>Soldat au tricorne</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, ciselé, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>11715</v>
+        <v>11708</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Jésus-Christ</t>
+          <t>Hérode</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>11716</v>
+        <v>11675</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Pietje la Mort</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1850 - 1927</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton-pierre, métal, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
         <v>11783</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Aurore de Caylus</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1859 - 1927</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
           <t>carton, métal, verre, carton-pierre, bois, peinture</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>11780</v>
+        <v>11770</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Diable</t>
+          <t>Gamin (petit plongeur)</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>métal, carton-pierre, bois, papier journal, peinture</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>11781</v>
+        <v>11771</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Garde</t>
+          <t>Napoléon (sans son chapeau)</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>11789</v>
+        <v>11772</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Corps de garde</t>
+          <t>Spadassin à tête de diable</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>11791</v>
+        <v>11773</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Corps de soldat</t>
+          <t>Soldat maure</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>carton, cuir, fer, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>11792</v>
+        <v>11774</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Corps de bourgeois</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>11763</v>
+        <v>11775</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Renaud, un des quatre fils Aymon</t>
+          <t>Arlequin</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>11764</v>
+        <v>11777</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Geneviève de Brabant</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>11765</v>
+        <v>11778</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Un des quatre fils Aymon</t>
+          <t>Le Régent</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>11766</v>
+        <v>11779</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Dame</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>11767</v>
+        <v>11780</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Chevalier</t>
+          <t>Diable</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>11768</v>
+        <v>11781</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Maman Bernarde</t>
+          <t>Garde</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>11769</v>
+        <v>11789</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Spadassin</t>
+          <t>Corps de garde</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, cheveux, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>11770</v>
+        <v>11791</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Gamin (petit plongeur)</t>
+          <t>Corps de soldat</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>métal, carton-pierre, bois, papier journal, peinture</t>
+          <t>carton, cuir, fer, métal, bois</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé, technique de peinture</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>11771</v>
+        <v>11792</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Napoléon (sans son chapeau)</t>
+          <t>Corps de bourgeois</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>11772</v>
+        <v>11763</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Spadassin à tête de diable</t>
+          <t>Renaud, un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>11773</v>
+        <v>11764</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Soldat maure</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, cuivre, papier mâché, bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>11774</v>
+        <v>11765</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Un des quatre fils Aymon</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>cheveux, carton, métal, cuivre, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>11775</v>
+        <v>11766</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Arlequin</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>11777</v>
+        <v>11767</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Geneviève de Brabant</t>
+          <t>Chevalier</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>11778</v>
+        <v>11768</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Le Régent</t>
+          <t>Maman Bernarde</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>11779</v>
+        <v>11769</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Dame</t>
+          <t>Spadassin</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, cheveux, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
         <v>11740</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>Madame Leivenbach</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
@@ -4695,775 +4695,775 @@
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>carton, métal, cheveux, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>11719</v>
+        <v>11713</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Hortense, épouse de Ponce Pilate</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>11682</v>
+        <v>11714</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Madame Judas</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>11720</v>
+        <v>11679</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Melchior</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>11684</v>
+        <v>11719</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>De Lacher</t>
+          <t>Hortense, épouse de Ponce Pilate</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>11685</v>
+        <v>11682</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>collé, technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>11686</v>
+        <v>11720</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Melchior</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>11687</v>
+        <v>11684</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Ange</t>
+          <t>De Lacher</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
-          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
+          <t>carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>11689</v>
+        <v>11685</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton-pierre, carton, métal, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>11694</v>
+        <v>11686</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, papier mâché, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>11696</v>
+        <v>11687</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Christ sur la croix</t>
+          <t>Ange</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Renard,  Raymond / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, plume, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>11697</v>
+        <v>11689</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Barabbas</t>
+          <t>Apôtre</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton-pierre, carton, métal, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>11703</v>
+        <v>11694</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Saint Joseph</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, papier mâché, bois</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>11707</v>
+        <v>11696</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Smouske</t>
+          <t>Christ sur la croix</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>11710</v>
+        <v>11697</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Balthasar</t>
+          <t>Barabbas</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, verre, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>11711</v>
+        <v>11703</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>11712</v>
+        <v>11707</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Moine</t>
+          <t>Smouske</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>11713</v>
+        <v>11710</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Balthasar</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, verre, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>11714</v>
+        <v>11711</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Madame Judas</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>11679</v>
+        <v>11712</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Apôtre</t>
+          <t>Moine</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1934 - 2000</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>carton, métal, bois</t>
@@ -6615,325 +6615,325 @@
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
           <t>bois, carton-pierre, carton</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, moulé, technique de peinture, couture, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>11718</v>
+        <v>11678</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Eve</t>
+          <t>Jef Pataat</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, bois</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>11721</v>
+        <v>11718</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>D'Artagnan</t>
+          <t>Eve</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>11695</v>
+        <v>11721</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>D'Artagnan</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
-          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, carton-pierre, bois</t>
+          <t>cheveux, carton, feutre, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>11700</v>
+        <v>11695</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Vierge Marie</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
-          <t>Théâtre Royal de Toone,</t>
+          <t>Welleman, Jean / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
           <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
+          <t>technique d'assemblage, couture, ciselé, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>11701</v>
+        <v>11700</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Joseph</t>
+          <t>Vierge Marie</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
+          <t>carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>11704</v>
+        <v>11701</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Serviteur du Roi Hérode</t>
+          <t>Joseph</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>carton, cheveux, métal, carton-pierre, bois</t>
+          <t>verre, cheveux, carton, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>11678</v>
+        <v>11704</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Jef Pataat</t>
+          <t>Serviteur du Roi Hérode</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Lantin, Michel / Théâtre Royal de Toone,</t>
+          <t>Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1950 - 2000</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>marionnette</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>carton, métal, bois</t>
+          <t>carton, cheveux, métal, carton-pierre, bois</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, couture, technique de sculpture</t>
+          <t>technique d'assemblage, couture, technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
         <v>11699</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
           <t>Woltje de Toone VII</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Théâtre Royal de Toone</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Toone VII, (José Géal) / Théâtre Royal de Toone,</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1963 - 2008</t>