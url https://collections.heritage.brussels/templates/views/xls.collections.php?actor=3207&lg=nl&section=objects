--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H71"/>
+  <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -287,201 +287,201 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1850 - 1937</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>84274</v>
+        <v>11896</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Heurtoir</t>
+          <t>Léopold II</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1854 - 1979</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>matériel de fonderie, porte, quincaillerie</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11896</v>
+        <v>11926</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Léopold II</t>
+          <t>pendule [horloge]</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1854 - 1979</t>
+          <t>1854 - 1900</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>pendule</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>verre, laiton, bronze</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11926</v>
+        <v>11936</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>pendule [horloge]</t>
+          <t>modèle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1854 - 1900</t>
-[...6 lines deleted...]
-      </c>
+          <t>1854 - 1979</t>
+        </is>
+      </c>
+      <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton, bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, technique d'assemblage</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11936</v>
+        <v>84274</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>modèle</t>
+          <t>Heurtoir</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1854 - 1979</t>
         </is>
       </c>
-      <c r="F8" s="2"/>
+      <c r="F8" s="2" t="inlineStr">
+        <is>
+          <t>matériel de fonderie, porte, quincaillerie</t>
+        </is>
+      </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>11894</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>L'Hymne de Reconnaissance ou sainte Cécile</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes,  / Jespers, Emiel</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1862 - 1918</t>
@@ -523,2455 +523,2535 @@
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1864 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>moulé, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>44970</v>
+        <v>105566</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>John Cockerill</t>
+          <t>Pierre Théodore Verhaegen (ULB)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Van Mierlo,  / Compagnie des Bronzes,  / Cattier, Armand</t>
+          <t>Geefs, Guillaume / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1872 - </t>
+          <t>1865 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11892</v>
+        <v>44970</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ecritoire au Penseur</t>
+          <t>John Cockerill</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Art en espace public - Ixelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Michel-Ange, (Michelangelo Lodovico Buonarroti Simoni) / Compagnie des Bronzes</t>
+          <t>Van Mierlo,  / Compagnie des Bronzes,  / Cattier, Armand</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1910</t>
+          <t>1872 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>accessoire d'écriture</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>marbre, bronze</t>
-[...2 lines deleted...]
-      <c r="H12" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>39397</v>
+        <v>11892</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Cendrillon</t>
+          <t>Ecritoire au Penseur</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Lefever, Edmond / Compagnie des Bronzes</t>
+          <t>Michel-Ange, (Michelangelo Lodovico Buonarroti Simoni) / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1880 - 1910</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>accessoire d'écriture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre, bronze</t>
+        </is>
+      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97961</v>
+        <v>39397</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les couteliers</t>
+          <t>Cendrillon</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Renodeyn, Julien / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Lefever, Edmond / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97973</v>
+        <v>97958</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les bouchers</t>
+          <t>Les barbiers et chirurgiens</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lefever, Edmond / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Martens, Jean-Baptiste / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97938</v>
+        <v>97959</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les blanchisseurs</t>
+          <t>Les légumiers et scieurs</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97977</v>
+        <v>97960</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le métier des Quatre Couronnés</t>
+          <t>Les tourneurs sur bois, plâtriers, couvreurs de chaume et vanniers</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97978</v>
+        <v>97961</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les armuriers, heaumiers et fourbisseurs</t>
+          <t>Les couteliers</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Renodeyn, Julien / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97979</v>
+        <v>97973</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les étainiers-plombiers</t>
+          <t>Les bouchers</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier / Beyaert, Henri</t>
+          <t>Beyaert, Henri / Lefever, Edmond / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97980</v>
+        <v>97938</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les couvreurs de tuiles</t>
+          <t>Les blanchisseurs</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97943</v>
+        <v>97977</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les merciers</t>
+          <t>Le métier des Quatre Couronnés</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97944</v>
+        <v>97978</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les forgerons</t>
+          <t>Les armuriers, heaumiers et fourbisseurs</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cambier, Louis-Gustave / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97949</v>
+        <v>97979</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les chaudronniers et fondeurs</t>
+          <t>Les étainiers-plombiers</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier / Beyaert, Henri</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97958</v>
+        <v>97943</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les barbiers et chirurgiens</t>
+          <t>Les merciers</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Martens, Jean-Baptiste / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97959</v>
+        <v>97980</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les légumiers et scieurs</t>
+          <t>Les couvreurs de tuiles</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97960</v>
+        <v>97944</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les tourneurs sur bois, plâtriers, couvreurs de chaume et vanniers</t>
+          <t>Les forgerons</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cambier, Louis-Gustave / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97962</v>
+        <v>97949</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les tonneliers</t>
+          <t>Les chaudronniers et fondeurs</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1883 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97963</v>
+        <v>97954</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les brodeurs et pelletiers</t>
+          <t>Les peintres, batteurs d'or et verriers</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97964</v>
+        <v>97955</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les ebénistes</t>
+          <t>Les serruriers et horlogers </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97965</v>
+        <v>97956</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les passementiers</t>
+          <t>Les marchands de vin</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97966</v>
+        <v>97957</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les orfèvres</t>
+          <t>Les marchands de drap au détail et les chaussetiers</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97967</v>
+        <v>97962</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les graissiers</t>
+          <t>Les tonneliers</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97968</v>
+        <v>97963</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les gantiers</t>
+          <t>Les brodeurs et pelletiers</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97969</v>
+        <v>97964</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les doreurs</t>
+          <t>Les ebénistes</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97970</v>
+        <v>97965</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les meuniers </t>
+          <t>Les passementiers</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>97971</v>
+        <v>97966</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les chapeliers, foulons et brandeviniers</t>
+          <t>Les orfèvres</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97972</v>
+        <v>97967</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson salé</t>
+          <t>Les graissiers</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97974</v>
+        <v>97968</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les tapissiers</t>
+          <t>Les gantiers</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97975</v>
+        <v>97969</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les brasseurs</t>
+          <t>Les doreurs</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97976</v>
+        <v>97970</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les boulangers</t>
+          <t>Les meuniers </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97939</v>
+        <v>97971</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les cordonniers</t>
+          <t>Les chapeliers, foulons et brandeviniers</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97940</v>
+        <v>97972</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
+          <t>Les marchands de poisson salé</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97941</v>
+        <v>97974</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les teinturiers</t>
+          <t>Les tapissiers</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97942</v>
+        <v>97975</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les ceinturiers et épingliers</t>
+          <t>Les brasseurs</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97982</v>
+        <v>97939</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les tanneurs</t>
+          <t>Les cordonniers</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97945</v>
+        <v>97976</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les tisserands de toile et les marchands de toile</t>
+          <t>Les boulangers</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97993</v>
+        <v>97940</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
+          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97947</v>
+        <v>97941</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les charpentiers</t>
+          <t>Les teinturiers</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97994</v>
+        <v>97942</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les arquebusiers</t>
+          <t>Les ceinturiers et épingliers</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97948</v>
+        <v>97945</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les bateliers</t>
+          <t>Les tisserands de toile et les marchands de toile</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97995</v>
+        <v>97982</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson d'eau douce</t>
+          <t>Les tanneurs</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>98075</v>
+        <v>97946</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Les savetiers</t>
+          <t>Les fripiers</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>97950</v>
+        <v>97993</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Les drapiers et les tisserands de laine</t>
+          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>97951</v>
+        <v>97947</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Les tailleurs</t>
+          <t>Les charpentiers</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>97952</v>
+        <v>97994</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Les selliers et charrons</t>
+          <t>Les arquebusiers</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>97953</v>
+        <v>97948</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t> Les fruitiers (les marchands de fruits)</t>
+          <t>Les bateliers</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>97954</v>
+        <v>97995</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Les peintres, batteurs d'or et verriers</t>
+          <t>Les marchands de poisson d'eau douce</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>97955</v>
+        <v>98075</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les serruriers et horlogers </t>
+          <t>Les savetiers</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>97956</v>
+        <v>97950</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de vin</t>
+          <t>Les drapiers et les tisserands de laine</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>97957</v>
+        <v>97951</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de drap au détail et les chaussetiers</t>
+          <t>Les tailleurs</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>51731</v>
+        <v>97952</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Buste d'Alphonse Tahon en médaillon</t>
+          <t>Les selliers et charrons</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Lagae, Jules / Compagnie des Bronzes</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H61" s="2"/>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H61" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>51782</v>
+        <v>97953</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Philippe de Withem</t>
+          <t> Les fruitiers (les marchands de fruits)</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Samain, Louis / Compagnie des Bronzes</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1883 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H62" s="2"/>
+      <c r="H62" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
         <v>11908</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
           <t>La Tristesse</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes,  / Pleszowski,  Antoni</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1887 - 1887</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>coulé à cire perdue, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>51593</v>
+        <v>51731</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Hermans</t>
+          <t>Buste d'Alphonse Tahon en médaillon</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Compagnie des Bronzes,  / Cornette, Hélène</t>
+          <t>Lagae, Jules / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1920</t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>70669</v>
+        <v>51782</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Fontaine du Bocq ou La Source</t>
+          <t>Philippe de Withem</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Josse-ten-Noode</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Dillens, Juliaan / Compagnie des Bronzes,  / de Raed, Albert</t>
+          <t>Samain, Louis / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1901 - </t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>44733</v>
+        <v>51593</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>La Danse</t>
+          <t>Portrait de Charles Hermans</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Herbays, Jules / Compagnie des Bronzes</t>
+          <t>Compagnie des Bronzes,  / Cornette, Hélène</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1912 - </t>
+          <t>1895 - 1920</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>39402</v>
+        <v>70669</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Borée, dieu du vent</t>
+          <t>Fontaine du Bocq ou La Source</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Vanhamme, Joseph / Compagnie des Bronzes</t>
+          <t>Dillens, Juliaan / Compagnie des Bronzes,  / de Raed, Albert</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1901 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>11899</v>
+        <v>44733</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Sultan</t>
+          <t>La Danse</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
+          <t>Art en espace public - Ixelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Compagnie des Bronzes,  / Manship, Paul</t>
+          <t>Herbays, Jules / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1931 - 1931</t>
+          <t>1912 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, moulé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>68232</v>
+        <v>39402</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Louis Schmidt</t>
+          <t>Borée, dieu du vent</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public -  Etterbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Bernaerts, Jules / Derée, Henri / Compagnie des Bronzes</t>
+          <t>Vanhamme, Joseph / Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1946 - 1947</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue, pierre</t>
-[...2 lines deleted...]
-      <c r="H69" s="2"/>
+          <t>bronze, pierre</t>
+        </is>
+      </c>
+      <c r="H69" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>53433</v>
+        <v>11899</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Colonel Louis Chaltin</t>
+          <t>Sultan</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Compagnie des Bronzes,  / Dupagne, Arthur</t>
+          <t>Compagnie des Bronzes,  / Manship, Paul</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1947 - </t>
+          <t>1931 - 1931</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>buste, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit</t>
-[...2 lines deleted...]
-      <c r="H70" s="2"/>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H70" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage, moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
+        <v>68232</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Louis Schmidt</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public -  Etterbeek</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Bernaerts, Jules / Derée, Henri / Compagnie des Bronzes</t>
+        </is>
+      </c>
+      <c r="E71" s="2" t="inlineStr">
+        <is>
+          <t>1946 - 1947</t>
+        </is>
+      </c>
+      <c r="F71" s="2" t="inlineStr">
+        <is>
+          <t>monument commémoratif, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G71" s="2" t="inlineStr">
+        <is>
+          <t>bronze, pierre bleue, pierre</t>
+        </is>
+      </c>
+      <c r="H71" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="1" t="n">
+        <v>53433</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Colonel Louis Chaltin</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>Art en espace public - Ixelles</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Compagnie des Bronzes,  / Dupagne, Arthur</t>
+        </is>
+      </c>
+      <c r="E72" s="2" t="inlineStr">
+        <is>
+          <t>1947 - </t>
+        </is>
+      </c>
+      <c r="F72" s="2" t="inlineStr">
+        <is>
+          <t>buste, oeuvre d'art en espace public</t>
+        </is>
+      </c>
+      <c r="G72" s="2" t="inlineStr">
+        <is>
+          <t>bronze, granit</t>
+        </is>
+      </c>
+      <c r="H72" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="1" t="n">
         <v>53315</v>
       </c>
-      <c r="B71" s="2" t="inlineStr">
+      <c r="B73" s="2" t="inlineStr">
         <is>
           <t>Femme assise</t>
         </is>
       </c>
-      <c r="C71" s="2" t="inlineStr">
+      <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
-      <c r="D71" s="2" t="inlineStr">
+      <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes,  / Bisman, Paule</t>
         </is>
       </c>
-      <c r="E71" s="2" t="inlineStr">
+      <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
-      <c r="F71" s="2" t="inlineStr">
+      <c r="F73" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
-      <c r="G71" s="2" t="inlineStr">
+      <c r="G73" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
-      <c r="H71" s="2"/>
+      <c r="H73" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>