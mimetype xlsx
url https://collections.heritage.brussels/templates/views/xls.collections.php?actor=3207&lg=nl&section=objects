--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -287,201 +287,201 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1850 - 1937</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>marbre, bronze</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11896</v>
+        <v>84274</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Léopold II</t>
+          <t>Heurtoir</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1854 - 1979</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>matériel de fonderie, porte, quincaillerie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11926</v>
+        <v>11896</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>pendule [horloge]</t>
+          <t>Léopold II</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1854 - 1900</t>
+          <t>1854 - 1979</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>pendule</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>verre, laiton, bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage, technique d'assemblage</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11936</v>
+        <v>11926</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>modèle</t>
+          <t>pendule [horloge]</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1854 - 1979</t>
-[...2 lines deleted...]
-      <c r="F7" s="2"/>
+          <t>1854 - 1900</t>
+        </is>
+      </c>
+      <c r="F7" s="2" t="inlineStr">
+        <is>
+          <t>pendule</t>
+        </is>
+      </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>verre, laiton, bronze</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique d'émaillage, technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>84274</v>
+        <v>11936</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Heurtoir</t>
+          <t>modèle</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1854 - 1979</t>
         </is>
       </c>
-      <c r="F8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>11894</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>L'Hymne de Reconnaissance ou sainte Cécile</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes,  / Jespers, Emiel</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1862 - 1918</t>
@@ -679,1955 +679,1955 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de fonte, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97958</v>
+        <v>97973</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les barbiers et chirurgiens</t>
+          <t>Les bouchers</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Martens, Jean-Baptiste / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lefever, Edmond / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97959</v>
+        <v>97938</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les légumiers et scieurs</t>
+          <t>Les blanchisseurs</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97960</v>
+        <v>97977</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les tourneurs sur bois, plâtriers, couvreurs de chaume et vanniers</t>
+          <t>Le métier des Quatre Couronnés</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97961</v>
+        <v>97978</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les couteliers</t>
+          <t>Les armuriers, heaumiers et fourbisseurs</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Renodeyn, Julien / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97973</v>
+        <v>97979</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les bouchers</t>
+          <t>Les étainiers-plombiers</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lefever, Edmond / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier / Beyaert, Henri</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97938</v>
+        <v>97943</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les blanchisseurs</t>
+          <t>Les merciers</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97977</v>
+        <v>97980</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le métier des Quatre Couronnés</t>
+          <t>Les couvreurs de tuiles</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97978</v>
+        <v>97944</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les armuriers, heaumiers et fourbisseurs</t>
+          <t>Les forgerons</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Van den Kerckhove, Godefroid / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cambier, Louis-Gustave / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97979</v>
+        <v>97949</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les étainiers-plombiers</t>
+          <t>Les chaudronniers et fondeurs</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier / Beyaert, Henri</t>
+          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97943</v>
+        <v>97958</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les merciers</t>
+          <t>Les barbiers et chirurgiens</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Martens, Jean-Baptiste / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97980</v>
+        <v>97959</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les couvreurs de tuiles</t>
+          <t>Les légumiers et scieurs</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97944</v>
+        <v>97960</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les forgerons</t>
+          <t>Les tourneurs sur bois, plâtriers, couvreurs de chaume et vanniers</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cambier, Louis-Gustave / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97949</v>
+        <v>97961</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les chaudronniers et fondeurs</t>
+          <t>Les couteliers</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Lambeaux, Jef / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Renodeyn, Julien / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1882 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97954</v>
+        <v>97971</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les peintres, batteurs d'or et verriers</t>
+          <t>Les chapeliers, foulons et brandeviniers</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97955</v>
+        <v>97972</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les serruriers et horlogers </t>
+          <t>Les marchands de poisson salé</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97956</v>
+        <v>97974</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de vin</t>
+          <t>Les tapissiers</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97957</v>
+        <v>97975</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de drap au détail et les chaussetiers</t>
+          <t>Les brasseurs</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97962</v>
+        <v>97939</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les tonneliers</t>
+          <t>Les cordonniers</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97963</v>
+        <v>97976</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les brodeurs et pelletiers</t>
+          <t>Les boulangers</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97964</v>
+        <v>97940</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les ebénistes</t>
+          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97965</v>
+        <v>97941</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les passementiers</t>
+          <t>Les teinturiers</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>97966</v>
+        <v>97942</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les orfèvres</t>
+          <t>Les ceinturiers et épingliers</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97967</v>
+        <v>97945</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les graissiers</t>
+          <t>Les tisserands de toile et les marchands de toile</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97968</v>
+        <v>97982</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les gantiers</t>
+          <t>Les tanneurs</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97969</v>
+        <v>97946</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les doreurs</t>
+          <t>Les fripiers</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97970</v>
+        <v>97993</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les meuniers </t>
+          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97971</v>
+        <v>97947</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les chapeliers, foulons et brandeviniers</t>
+          <t>Les charpentiers</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97972</v>
+        <v>97994</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson salé</t>
+          <t>Les arquebusiers</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97974</v>
+        <v>97948</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les tapissiers</t>
+          <t>Les bateliers</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97975</v>
+        <v>97995</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les brasseurs</t>
+          <t>Les marchands de poisson d'eau douce</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97939</v>
+        <v>98075</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les cordonniers</t>
+          <t>Les savetiers</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97976</v>
+        <v>97950</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les boulangers</t>
+          <t>Les drapiers et les tisserands de laine</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97940</v>
+        <v>97951</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les tondeurs de draps, drapiers et marchands de draps</t>
+          <t>Les tailleurs</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97941</v>
+        <v>97952</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les teinturiers</t>
+          <t>Les selliers et charrons</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Geefs, Charles / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97942</v>
+        <v>97953</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les ceinturiers et épingliers</t>
+          <t> Les fruitiers (les marchands de fruits)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97945</v>
+        <v>97954</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les tisserands de toile et les marchands de toile</t>
+          <t>Les peintres, batteurs d'or et verriers</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / De Plyn, Eugène / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Rasbourgh, Antoine-Joseph / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97982</v>
+        <v>97955</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les tanneurs</t>
+          <t>Les serruriers et horlogers </t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Desenfans, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cuypers, Jean Henri / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>97946</v>
+        <v>97956</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Les fripiers</t>
+          <t>Les marchands de vin</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>97993</v>
+        <v>97957</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Les fabricants de chaises en cuir d'Espagne et les perruquiers</t>
+          <t>Les marchands de drap au détail et les chaussetiers</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>97947</v>
+        <v>97962</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Les charpentiers</t>
+          <t>Les tonneliers</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Courroix, Jules / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>97994</v>
+        <v>97963</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Les arquebusiers</t>
+          <t>Les brodeurs et pelletiers</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Van den Kerckhove, Jean-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>97948</v>
+        <v>97964</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Les bateliers</t>
+          <t>Les ebénistes</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laborne, Edouard / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van den Kerckhove, Augustin / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>97995</v>
+        <v>97965</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Les marchands de poisson d'eau douce</t>
+          <t>Les passementiers</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>98075</v>
+        <v>97966</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les savetiers</t>
+          <t>Les orfèvres</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Laumans, Jean André / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Namur, Emile / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>97950</v>
+        <v>97967</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les drapiers et les tisserands de laine</t>
+          <t>Les graissiers</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Wante, Benoît-François / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Comeyn, Polydor / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>97951</v>
+        <v>97968</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Les tailleurs</t>
+          <t>Les gantiers</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Cattier, Armand / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>97952</v>
+        <v>97969</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Les selliers et charrons</t>
+          <t>Les doreurs</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Fabry, Robert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Van Biesbroeck, Louis / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>97953</v>
+        <v>97970</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t> Les fruitiers (les marchands de fruits)</t>
+          <t>Les meuniers </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>Beyaert, Henri / Hambresin, Albert / Compagnie des Bronzes,  / Mellery, Xavier</t>
+          <t>Beyaert, Henri / Charlier, Guillaume / Compagnie des Bronzes,  / Mellery, Xavier</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1883 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
         <v>11908</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
           <t>La Tristesse</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>La Fonderie - Musée bruxellois des Industries et du Travail</t>