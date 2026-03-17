--- v0 (2025-10-23)
+++ v1 (2026-03-17)
@@ -299,1735 +299,1735 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1699 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11960</v>
+        <v>11964</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11961</v>
+        <v>11965</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11962</v>
+        <v>11966</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Nouveau Testament : L'Annonciation</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11963</v>
+        <v>11967</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Nouveau Testament : Visitation de la Vierge Marie</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11964</v>
+        <v>11968</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Nouveau Testament : Nativité</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11965</v>
+        <v>11969</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
+          <t>Nouveau Testament : Adoration des Mages</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11966</v>
+        <v>11970</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : L'Annonciation</t>
+          <t>Nouveau Testament : Fuite en Egypte</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11967</v>
+        <v>11971</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Visitation de la Vierge Marie</t>
+          <t>Nouveau Testament : Jésus enseigne aux docteurs</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11968</v>
+        <v>11972</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Nativité</t>
+          <t>Nouveau Testament : Baptême du Christ</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>11969</v>
+        <v>11973</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Adoration des Mages</t>
+          <t>Nouveau Testament : Noces de Cana</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11970</v>
+        <v>11974</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Fuite en Egypte</t>
+          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11971</v>
+        <v>11975</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus enseigne aux docteurs</t>
+          <t>Nouveau Testament : La Pêche miraculeuse</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11972</v>
+        <v>11976</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Baptême du Christ</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11973</v>
+        <v>11977</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Noces de Cana</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11974</v>
+        <v>11978</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
+          <t>Nouveau Testament : Jésus et la femme adultère</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11975</v>
+        <v>11979</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La Pêche miraculeuse</t>
+          <t>Nouveau Testament : Résurrection de la fille de Jaïre</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11976</v>
+        <v>11980</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Nouveau Testament : Jésus guérit les possédés de Gérasa</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11977</v>
+        <v>11981</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Nouveau Testament : Jésus guérit le jeune épileptique</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11978</v>
+        <v>11982</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme adultère</t>
+          <t>Nouveau Testament : Jésus guérit un aveugle-né</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11979</v>
+        <v>11983</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de la fille de Jaïre</t>
+          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11980</v>
+        <v>11984</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les possédés de Gérasa</t>
+          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11981</v>
+        <v>11985</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le jeune épileptique</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11982</v>
+        <v>11986</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit un aveugle-né</t>
+          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11983</v>
+        <v>11987</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11984</v>
+        <v>11951</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
+          <t>Nouveau Testament : Nativité</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11985</v>
+        <v>11988</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11986</v>
+        <v>11952</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
+          <t>Nouveau Testament : Baptême du Christ</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11987</v>
+        <v>11989</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Nouveau Testament : Jésus et la femme cananéenne</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11951</v>
+        <v>11953</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Nativité</t>
+          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>11988</v>
+        <v>11990</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>11952</v>
+        <v>11954</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Baptême du Christ</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>11989</v>
+        <v>11991</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme cananéenne</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>11953</v>
+        <v>11955</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la Samaritaine au puits de Jacob</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>11990</v>
+        <v>11992</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>11954</v>
+        <v>11956</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Nouveau Testament : Jésus et la femme adultère</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>11991</v>
+        <v>11993</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Nouveau Testament : Jésus marche sur les eaux</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>11955</v>
+        <v>11957</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>11992</v>
+        <v>11958</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit un homme à la main sèche</t>
+          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>11956</v>
+        <v>11959</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme adultère</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>11993</v>
+        <v>11960</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus marche sur les eaux</t>
+          <t>Nouveau Testament : Jésus guérit la femme infirme</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>11957</v>
+        <v>11961</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit la femme hémoroïsse</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>11958</v>
+        <v>11962</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Laissez venir à moi les petits enfants</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Jan</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>11959</v>
+        <v>11963</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>