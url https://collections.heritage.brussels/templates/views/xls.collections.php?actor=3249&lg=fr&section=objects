--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -299,1175 +299,1175 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11991</v>
+        <v>11979</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Nouveau Testament : Résurrection de la fille de Jaïre</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11993</v>
+        <v>11981</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus marche sur les eaux</t>
+          <t>Nouveau Testament : Jésus guérit le jeune épileptique</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11994</v>
+        <v>11985</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte V, scène 9)</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11995</v>
+        <v>11987</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte III, scène 2)</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11996</v>
+        <v>11988</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte II, scène 1)</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11997</v>
+        <v>11989</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, scène 3)</t>
+          <t>Nouveau Testament : Jésus et la femme cananéenne</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11998</v>
+        <v>11990</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, Scène 2)</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11999</v>
+        <v>11991</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, scène 8)</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>12000</v>
+        <v>11993</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, scène 3)</t>
+          <t>Nouveau Testament : Jésus marche sur les eaux</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>12001</v>
+        <v>11994</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte II, Scène 1)</t>
+          <t>Le Pastor Fido (Acte V, scène 9)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11954</v>
+        <v>11995</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Le Pastor Fido (Acte III, scène 2)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11955</v>
+        <v>11996</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Le Pastor Fido (Acte II, scène 1)</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11959</v>
+        <v>11997</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Le Pastor Fido (Acte IV, scène 3)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11961</v>
+        <v>11998</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Le Pastor Fido (Acte IV, Scène 2)</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11962</v>
+        <v>11999</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Le Pastor Fido (Acte IV, scène 8)</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>11963</v>
+        <v>12000</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Le Pastor Fido (Acte IV, scène 3)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>11964</v>
+        <v>12001</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Le Pastor Fido (Acte II, Scène 1)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11969</v>
+        <v>11954</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Adoration des Mages</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11970</v>
+        <v>11955</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Fuite en Egypte</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11973</v>
+        <v>11959</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Noces de Cana</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11976</v>
+        <v>11961</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11977</v>
+        <v>11962</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11979</v>
+        <v>11963</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de la fille de Jaïre</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11981</v>
+        <v>11964</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le jeune épileptique</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11985</v>
+        <v>11969</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Nouveau Testament : Adoration des Mages</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11987</v>
+        <v>11970</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Nouveau Testament : Fuite en Egypte</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11988</v>
+        <v>11973</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Nouveau Testament : Noces de Cana</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11989</v>
+        <v>11976</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme cananéenne</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11990</v>
+        <v>11977</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>