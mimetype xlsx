--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -299,1200 +299,1200 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1695 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>11979</v>
+        <v>11996</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de la fille de Jaïre</t>
+          <t>Le Pastor Fido (Acte II, scène 1)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>11981</v>
+        <v>11997</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le jeune épileptique</t>
+          <t>Le Pastor Fido (Acte IV, scène 3)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>11985</v>
+        <v>11998</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Le Pastor Fido (Acte IV, Scène 2)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>11987</v>
+        <v>11999</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Le Pastor Fido (Acte IV, scène 8)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>11988</v>
+        <v>12000</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Le Pastor Fido (Acte IV, scène 3)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>11989</v>
+        <v>12001</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus et la femme cananéenne</t>
+          <t>Le Pastor Fido (Acte II, Scène 1)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>11990</v>
+        <v>11954</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>11991</v>
+        <v>11955</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>11993</v>
+        <v>11959</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus marche sur les eaux</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>11994</v>
+        <v>11961</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte V, scène 9)</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>11995</v>
+        <v>11962</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte III, scène 2)</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>11996</v>
+        <v>11963</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte II, scène 1)</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>11997</v>
+        <v>11964</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, scène 3)</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>matériel d'imprimerie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>gravure au burin, eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>11998</v>
+        <v>11969</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, Scène 2)</t>
+          <t>Nouveau Testament : Adoration des Mages</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>11999</v>
+        <v>11970</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, scène 8)</t>
+          <t>Nouveau Testament : Fuite en Egypte</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>12000</v>
+        <v>11973</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte IV, scène 3)</t>
+          <t>Nouveau Testament : Noces de Cana</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>12001</v>
+        <v>11976</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le Pastor Fido (Acte II, Scène 1)</t>
+          <t>Nouveau Testament : Guérison du paralytique</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard</t>
+          <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1700</t>
+          <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>11954</v>
+        <v>11977</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>11955</v>
+        <v>11979</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Nouveau Testament : Résurrection de la fille de Jaïre</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>11959</v>
+        <v>11981</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Résurrection de Lazare</t>
+          <t>Nouveau Testament : Jésus guérit le jeune épileptique</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>11961</v>
+        <v>11985</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : La multiplication des pains</t>
+          <t>Nouveau Testament : Résurrection de Lazare</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>11962</v>
+        <v>11987</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
+          <t>Nouveau Testament : La multiplication des pains</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>11963</v>
+        <v>11988</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit les lépreux</t>
+          <t>Nouveau Testament : Jésus guérit l'hydropique</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>11964</v>
+        <v>11989</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit des aveugles</t>
+          <t>Nouveau Testament : Jésus et la femme cananéenne</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>matériel d'imprimerie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>gravure au burin, eau-forte</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>11969</v>
+        <v>11990</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Adoration des Mages</t>
+          <t>Nouveau Testament : Jésus guérit les lépreux</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>11970</v>
+        <v>11991</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Fuite en Egypte</t>
+          <t>Nouveau Testament : Jésus guérit des aveugles</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>11973</v>
+        <v>11993</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Noces de Cana</t>
+          <t>Nouveau Testament : Jésus marche sur les eaux</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Van Orley,  Richard / Van Orley,  Jan</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1700 - 1735</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>11976</v>
+        <v>11994</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Guérison du paralytique</t>
+          <t>Le Pastor Fido (Acte V, scène 9)</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>11977</v>
+        <v>11995</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Nouveau Testament : Jésus guérit le paralytique à la piscine de Béthesda</t>
+          <t>Le Pastor Fido (Acte III, scène 2)</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Société des Bollandistes</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Van Orley,  Richard / Van Orley,  Jan</t>
+          <t>Van Orley,  Richard</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1735</t>
+          <t>1700 - 1700</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>47747</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Autel de la Collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Van Orley, Richard / Berterham, Jan Baptist</t>