--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H459"/>
+  <dimension ref="A1:H480"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,17233 +179,18037 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>49308</v>
+        <v>39713</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La conversation</t>
+          <t>Danseuses aux nénuphars</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>49309</v>
+        <v>39727</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Paysage de forêt</t>
+          <t>Sous les tropiques</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>49000</v>
+        <v>39748</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec une fête de village, dans le style de Teniers</t>
+          <t>Première pose</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>49310</v>
+        <v>39762</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux poires</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>49428</v>
+        <v>39782</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait de famille</t>
+          <t>Le Vicomte Terlinden</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique photographique, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49429</v>
+        <v>39790</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une femme en robe rouge</t>
+          <t>Soldats avec jumelles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>49431</v>
+        <v>38571</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Vue de la mer avec des bateaux en premier plan</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>49432</v>
+        <v>39833</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une dame âgée</t>
+          <t>Putti</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>49433</v>
+        <v>38619</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un vieil homme en habits noirs</t>
+          <t>Chaussée de Haecht</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49097</v>
+        <v>39903</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Étude de six têtes</t>
+          <t>David d'après Verrocchio</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49436</v>
+        <v>38628</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une jeune fille</t>
+          <t>Senèque</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49098</v>
+        <v>41991</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Descente de croix</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E13" s="2"/>
-      <c r="F13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>49437</v>
+        <v>38713</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Scène du Moyen Âge dans une ville allemande</t>
+          <t>Vue du Caire</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E14" s="2"/>
+      <c r="E14" s="2" t="inlineStr">
+        <is>
+          <t> - 1904</t>
+        </is>
+      </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49438</v>
+        <v>41993</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec une ferme, des arbres tétards (trognes) et un cours d'eau</t>
+          <t>Paire battante de porte</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E15" s="2"/>
-      <c r="F15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49102</v>
+        <v>38714</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La fileuse</t>
+          <t>Homme mangeant une tartine</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49439</v>
+        <v>41994</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Petite bacchante</t>
+          <t>Départ d'escalier</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme / Anoniem,  / Anonyme</t>
         </is>
       </c>
       <c r="E17" s="2"/>
-      <c r="F17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49104</v>
+        <v>38763</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Minerve</t>
+          <t>Portrait de Madame Van Hove</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>tableau, pare-feu</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>49440</v>
+        <v>38844</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres et village</t>
+          <t>Portrait de prélat</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>49443</v>
+        <v>38963</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Provence</t>
+          <t>Le paysan et son cheval</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>49445</v>
+        <v>38987</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Portrait de profil d'un jeune garçon</t>
+          <t>Soldat carabinier belge</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>49477</v>
+        <v>39052</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme à la barbe grise</t>
+          <t>Charles-Louis Eenens</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>49167</v>
+        <v>39053</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'ancienne Porte de Hal</t>
+          <t>Madame Eenens-Carlier</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>49228</v>
+        <v>39221</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
+          <t>Auguste Serrure</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>49230</v>
+        <v>39253</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Portrait de François-Jean Dansaert lisant (1760-1798)</t>
+          <t>Auguste Serrure</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>49855</v>
+        <v>39255</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Terrine : tête de sanglier</t>
+          <t>Charles le Téméraire</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E26" s="2"/>
-      <c r="F26" s="2"/>
+      <c r="F26" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...2 lines deleted...]
-      <c r="H26" s="2"/>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H26" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>49231</v>
+        <v>39414</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Antony-Félix-François-Charles Dansaert (1840-1900)</t>
+          <t>Monument à Skanderbeg</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>49863</v>
+        <v>39436</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Terrine : tête de sanglier et son surtout à feuilles de chêne</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E28" s="2"/>
-      <c r="F28" s="2"/>
+      <c r="F28" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...2 lines deleted...]
-      <c r="H28" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H28" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>49276</v>
+        <v>39441</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Le faucheur</t>
+          <t>Ancienne ville de Siegen</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>49277</v>
+        <v>39457</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe IV, roi d'Espagne</t>
+          <t>Peintre et paysage</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>50642</v>
+        <v>39459</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
+          <t>Étang</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>49280</v>
+        <v>39474</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Le Christ portant la croix</t>
+          <t>Monument aux agents morts pour la patrie</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief, plaque commémorative</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>49281</v>
+        <v>39477</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le Christ mort pleuré par deux anges</t>
+          <t>Plaque commémorative Victor Michiels</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief, plaque commémorative</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>49303</v>
+        <v>39478</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs violettes</t>
+          <t>Plaque commémorative Jacques Brel</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief, plaque commémorative</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>49304</v>
+        <v>39480</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Pré avec deux vaches couchées</t>
+          <t>Plaque commémorative Philippe Baucq</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>49305</v>
+        <v>39559</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Singe de kermesse</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>49306</v>
+        <v>39566</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un prêtre</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>49307</v>
+        <v>39585</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Tête d'une femme égyptienne</t>
+          <t>L'homme à la pipe</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>46545</v>
+        <v>39604</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Le canal et l'Allée verte</t>
+          <t>Plaque commémorative Eisenhower</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>42652</v>
+        <v>39681</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant avec sainte Catherine et sainte Barbe</t>
+          <t>Quai au blé à Gand</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>67384</v>
+        <v>47244</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme </t>
+          <t>Sujet religieux</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>67390</v>
+        <v>47245</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Dindon </t>
+          <t>Jésus chasse les marchands du temple</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>46676</v>
+        <v>47247</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Tête de Christ mort</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>46677</v>
+        <v>46545</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Scène de bataille</t>
+          <t>Le canal et l'Allée verte</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>70317</v>
+        <v>42652</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Esclave</t>
+          <t>Vierge à l'Enfant avec sainte Catherine et sainte Barbe</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public -  Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
-[...2 lines deleted...]
-      <c r="H45" s="2"/>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H45" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>46683</v>
+        <v>46676</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>La conversion de saint Paul</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>71240</v>
+        <v>46677</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Deux broderies sur papier : oiseau et bouquet de fleurs</t>
+          <t>Scène de bataille</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>objet de confection textile</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>encre, parchemin</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>53077</v>
+        <v>46683</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>La conversion de saint Paul</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>76538</v>
+        <v>53077</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Infuseur ou passe-thé en argent ? </t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
-      <c r="H49" s="2"/>
+      <c r="H49" s="2" t="inlineStr">
+        <is>
+          <t>technique de repoussage, gravure en relief sur métal</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
         <v>53103</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>boite</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>étain</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>79041</v>
+        <v>67384</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>L'Homme en bleu</t>
+          <t>Buste de femme </t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H51" s="2"/>
+          <t>papier, crayon noir</t>
+        </is>
+      </c>
+      <c r="H51" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>79042</v>
+        <v>67390</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Charles Hermans, enfant.</t>
+          <t>Dindon </t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H52" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H52" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>47244</v>
+        <v>51623</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Sujet religieux</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>47245</v>
+        <v>51663</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Jésus chasse les marchands du temple</t>
+          <t>Lion cracheur</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>47247</v>
+        <v>51832</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Tête de Christ mort</t>
+          <t>Fragment de cheminée : tête</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>39762</v>
+        <v>51834</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Mufle cracheur</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>39782</v>
+        <v>51936</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Le Vicomte Terlinden</t>
+          <t>L'Adoration des mages</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>bois, plâtre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, marouflé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>39790</v>
+        <v>52078</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Soldats avec jumelles</t>
+          <t>Les travaux de la jonction Nord-Midi</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...11 lines deleted...]
-      </c>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>38571</v>
+        <v>76538</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>Infuseur ou passe-thé en argent ? </t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>39833</v>
+        <v>79041</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Putti</t>
+          <t>L'Homme en bleu</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>38619</v>
+        <v>79042</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Chaussée de Haecht</t>
+          <t>Charles Hermans, enfant.</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H61" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>39903</v>
+        <v>79348</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>David d'après Verrocchio</t>
+          <t>Au Vieux Roi d'Espagne.</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>gouache</t>
+        </is>
+      </c>
+      <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>38628</v>
+        <v>79355</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Senèque</t>
+          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E63" s="2"/>
-      <c r="F63" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>41991</v>
+        <v>79359</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Portrait de Charles Hermans et sa sœur</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E64" s="2"/>
-      <c r="F64" s="2"/>
+      <c r="F64" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>38713</v>
+        <v>79365</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Vue du Caire</t>
+          <t>Place Saint-Marc à Venise</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E65" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>41993</v>
+        <v>79476</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Paire battante de porte</t>
+          <t>Place Saint Job - Carte 1917 Carloo.</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E66" s="2"/>
-      <c r="F66" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F66" s="2" t="inlineStr">
+        <is>
+          <t>cartes géographique</t>
+        </is>
+      </c>
+      <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>38714</v>
+        <v>79515</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Homme mangeant une tartine</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>plomb</t>
+        </is>
+      </c>
+      <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>41994</v>
+        <v>79516</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Départ d'escalier</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Anonyme / Anoniem,  / Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E68" s="2"/>
-      <c r="F68" s="2"/>
+      <c r="F68" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>plomb</t>
         </is>
       </c>
       <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>38763</v>
+        <v>79618</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Van Hove</t>
+          <t>Ferme près de Kamerdelle.</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
+      <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>38844</v>
+        <v>79625</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Portrait de prélat</t>
+          <t>Cerisier Uccle. </t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E70" s="2"/>
-      <c r="F70" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F70" s="2"/>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>38963</v>
+        <v>79689</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Le paysan et son cheval</t>
+          <t>Le plateau Avijl vers 1970.</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
-[...11 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>38987</v>
+        <v>79699</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Soldat carabinier belge</t>
+          <t>Tête de femme.</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>39052</v>
+        <v>79700</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Charles-Louis Eenens</t>
+          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>39053</v>
+        <v>79743</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Madame Eenens-Carlier</t>
+          <t>Le Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E74" s="2"/>
-      <c r="F74" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>39221</v>
+        <v>93448</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Auguste Serrure</t>
+          <t>Nature morte (fruits, plateau, verre)</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>39253</v>
+        <v>93546</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Auguste Serrure</t>
+          <t>Province de Malaga</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>39255</v>
+        <v>93806</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Charles le Téméraire</t>
+          <t>Nuages sur la dune</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>39414</v>
+        <v>70317</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Monument à Skanderbeg</t>
+          <t>Esclave</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>fonte</t>
+        </is>
+      </c>
+      <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>39436</v>
+        <v>71240</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Deux broderies sur papier : oiseau et bouquet de fleurs</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>encre, parchemin</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>39441</v>
+        <v>98215</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Ancienne ville de Siegen</t>
+          <t>Étude pour une brouette avec sac</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>39457</v>
+        <v>98521</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Peintre et paysage</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>39459</v>
+        <v>98523</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Étang</t>
+          <t>Etude : portrait de femme de profil</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>39474</v>
+        <v>48833</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Monument aux agents morts pour la patrie</t>
+          <t>Marché aux Puces place du Jeu de Balle dans les Marolles</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>39477</v>
+        <v>49228</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Victor Michiels</t>
+          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>39478</v>
+        <v>48540</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Jacques Brel</t>
+          <t>Balle au tamis au Sablon - lutte entre Mazy et Tamines</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Le Soir Bruxelles,  / Anonyme</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>39480</v>
+        <v>48541</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Philippe Baucq</t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>39559</v>
+        <v>48906</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Enseigne avec vache noire et blanche</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E87" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="E87" s="2" t="inlineStr">
+        <is>
+          <t> - 1900</t>
+        </is>
+      </c>
+      <c r="F87" s="2"/>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>39566</v>
+        <v>49230</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Portrait de François-Jean Dansaert lisant (1760-1798)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>39585</v>
+        <v>48542</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>L'homme à la pipe</t>
+          <t>Visite du roi Albert et du prince Léopold lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E89" s="2"/>
+      <c r="E89" s="2" t="inlineStr">
+        <is>
+          <t> - 1933</t>
+        </is>
+      </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>39604</v>
+        <v>48914</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Eisenhower</t>
+          <t>Paysage dans le style de Teniers</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>39681</v>
+        <v>49231</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Quai au blé à Gand</t>
+          <t>Portrait de Antony-Félix-François-Charles Dansaert (1840-1900)</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>39713</v>
+        <v>48543</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Danseuses aux nénuphars</t>
+          <t>Balle au tamis</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>39727</v>
+        <v>49276</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Sous les tropiques</t>
+          <t>Le faucheur</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>39748</v>
+        <v>48544</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Première pose</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>79348</v>
+        <v>49277</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Au Vieux Roi d'Espagne.</t>
+          <t>Portrait de Philippe IV, roi d'Espagne</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>gouache</t>
-[...2 lines deleted...]
-      <c r="H95" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H95" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>79355</v>
+        <v>49280</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
+          <t>Le Christ portant la croix</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E96" s="2"/>
-      <c r="F96" s="2"/>
-[...1 lines deleted...]
-      <c r="H96" s="2"/>
+      <c r="F96" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G96" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H96" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>79359</v>
+        <v>49281</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Hermans et sa sœur</t>
+          <t>Le Christ mort pleuré par deux anges</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H97" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H97" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>79365</v>
+        <v>48976</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Place Saint-Marc à Venise</t>
+          <t>Putti faisant des bulles de savon</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G98" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G98" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>79476</v>
+        <v>49303</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Place Saint Job - Carte 1917 Carloo.</t>
+          <t>Vase avec fleurs violettes</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
-[...3 lines deleted...]
-      <c r="H99" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G99" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
+      <c r="H99" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>79515</v>
+        <v>49304</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>Pré avec deux vaches couchées</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>plomb</t>
-[...2 lines deleted...]
-      <c r="H100" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H100" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>79516</v>
+        <v>49305</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>Singe de kermesse</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>plomb</t>
-[...2 lines deleted...]
-      <c r="H101" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H101" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>79618</v>
+        <v>49306</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Ferme près de Kamerdelle.</t>
+          <t>Portrait d'un prêtre</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
-      <c r="H102" s="2"/>
+      <c r="H102" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>79625</v>
+        <v>49307</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Cerisier Uccle. </t>
+          <t>Tête d'une femme égyptienne</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E103" s="2"/>
-      <c r="F103" s="2"/>
+      <c r="F103" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>79689</v>
+        <v>49308</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Le plateau Avijl vers 1970.</t>
+          <t>La conversation</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H104" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G104" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H104" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>79699</v>
+        <v>47292</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme.</t>
+          <t>Étude d'une tête de femme</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H105" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H105" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>79700</v>
+        <v>49309</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
+          <t>Paysage de forêt</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H106" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H106" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>79743</v>
+        <v>49000</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Le Pavillon Louis XV.</t>
+          <t>Paysage avec une fête de village, dans le style de Teniers</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E107" s="2"/>
-      <c r="F107" s="2"/>
-[...1 lines deleted...]
-      <c r="H107" s="2"/>
+      <c r="F107" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H107" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>93448</v>
+        <v>49310</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Nature morte (fruits, plateau, verre)</t>
+          <t>Nature morte aux poires</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E108" s="2"/>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>93546</v>
+        <v>47299</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Province de Malaga</t>
+          <t>Le moulin Poxcal ou Aamolen à Anderlecht</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>93806</v>
+        <v>49428</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Nuages sur la dune</t>
+          <t>Portrait de famille</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>98215</v>
+        <v>49429</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Étude pour une brouette avec sac</t>
+          <t>Portrait d'une femme en robe rouge</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>98521</v>
+        <v>49431</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Vue de la mer avec des bateaux en premier plan</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>98523</v>
+        <v>49432</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Etude : portrait de femme de profil</t>
+          <t>Portrait d'une dame âgée</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>51522</v>
+        <v>49433</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean-Baptiste</t>
+          <t>Portrait d'un vieil homme en habits noirs</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H114" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H114" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>51834</v>
+        <v>47370</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Mufle cracheur</t>
+          <t>Moine recevant un calice</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H115" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H115" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>47562</v>
+        <v>49097</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Fille de paysan</t>
+          <t>Étude de six têtes</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>48675</v>
+        <v>49436</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Résumé de l'histoire de Belgique entre 448 et 1847. Fastes historiques, généalogiques et chronologiques de la Belgique</t>
+          <t>Portrait d'une jeune fille</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>album</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>coloriage, gravure rehaussée</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>51936</v>
+        <v>49098</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>L'Adoration des mages</t>
+          <t>Descente de croix</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>48833</v>
+        <v>49437</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Marché aux Puces place du Jeu de Balle dans les Marolles</t>
+          <t>Scène du Moyen Âge dans une ville allemande</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>52078</v>
+        <v>48529</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Les travaux de la jonction Nord-Midi</t>
+          <t>Joueurs de balle au tamis - championnat de deuxième catégorie</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...3 lines deleted...]
-      <c r="H120" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G120" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H120" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>48906</v>
+        <v>49102</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Enseigne avec vache noire et blanche</t>
+          <t>La fileuse</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E121" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>51534</v>
+        <v>49104</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Pélican</t>
+          <t>Minerve</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau, pare-feu</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>48914</v>
+        <v>48532</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Paysage dans le style de Teniers</t>
+          <t>Comité d'une société de jeu de balle</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>48976</v>
+        <v>48533</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Putti faisant des bulles de savon</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>51302</v>
+        <v>47490</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Règlement d'un concours de Tir organisé en 1651 par la gilde des arches de Saint-Sébastien</t>
+          <t>Portrait de Anne-Marie-Jeanne Dansaert, née Engels (1782-1853)</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E125" s="2"/>
-      <c r="F125" s="2"/>
+      <c r="F125" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>51555</v>
+        <v>48592</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Buste reliquaire de saint Otto</t>
+          <t>La tour Anneessens, première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E126" s="2"/>
-      <c r="F126" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>47292</v>
+        <v>48535</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Étude d'une tête de femme</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>47299</v>
+        <v>47562</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Poxcal ou Aamolen à Anderlecht</t>
+          <t>Fille de paysan</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>51560</v>
+        <v>49167</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Semelle de poutre : Pèlerin au rosaire</t>
+          <t>Vue de l'ancienne Porte de Hal</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>47370</v>
+        <v>48675</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Moine recevant un calice</t>
+          <t>Résumé de l'histoire de Belgique entre 448 et 1847. Fastes historiques, généalogiques et chronologiques de la Belgique</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>album</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, gouache, encre</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>coloriage, gravure rehaussée</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>51623</v>
+        <v>48539</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Balle au tamis au Sablon - Phase de livrée</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>51519</v>
+        <v>51534</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean-Baptiste</t>
+          <t>Pélican</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H132" s="2"/>
+      <c r="H132" s="2" t="inlineStr">
+        <is>
+          <t>doré</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>51663</v>
+        <v>49855</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Lion cracheur</t>
+          <t>Terrine : tête de sanglier</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E133" s="2"/>
-      <c r="F133" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F133" s="2"/>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>47490</v>
+        <v>49863</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Anne-Marie-Jeanne Dansaert, née Engels (1782-1853)</t>
+          <t>Terrine : tête de sanglier et son surtout à feuilles de chêne</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E134" s="2"/>
-      <c r="F134" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F134" s="2"/>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>48592</v>
+        <v>50642</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>La tour Anneessens, première enceinte de Bruxelles</t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E135" s="2"/>
-      <c r="F135" s="2"/>
-[...1 lines deleted...]
-      <c r="H135" s="2"/>
+      <c r="F135" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <t>encre noire, papier</t>
+        </is>
+      </c>
+      <c r="H135" s="2" t="inlineStr">
+        <is>
+          <t>lavis, dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>51832</v>
+        <v>51302</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Fragment de cheminée : tête</t>
+          <t>Règlement d'un concours de Tir organisé en 1651 par la gilde des arches de Saint-Sébastien</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E136" s="2"/>
-      <c r="F136" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F136" s="2"/>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H136" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H136" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>51553</v>
+        <v>51555</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Marie-Madeleine</t>
+          <t>Buste reliquaire de saint Otto</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E137" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H137" s="2"/>
+      <c r="H137" s="2" t="inlineStr">
+        <is>
+          <t>laque</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>51562</v>
+        <v>51560</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Sainte Gertrude</t>
+          <t>Semelle de poutre : Pèlerin au rosaire</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E138" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H138" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H138" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>51550</v>
+        <v>49438</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Vierge en Majesté</t>
+          <t>Paysage avec une ferme, des arbres tétards (trognes) et un cours d'eau</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E139" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>51565</v>
+        <v>49439</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Quatre apôtres pendant la Cène</t>
+          <t>Petite bacchante</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E140" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E140" s="2"/>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>51625</v>
+        <v>51519</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean au Calvaire</t>
+          <t>Saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E141" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H141" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>51520</v>
+        <v>49440</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Saint Antoine l'Ermite</t>
+          <t>Paysage avec arbres et village</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E142" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>51521</v>
+        <v>49443</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Saint Evêque</t>
+          <t>Paysage de Provence</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E143" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>36863</v>
+        <v>51522</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Retable de la Vierge, dit de la Nativité</t>
+          <t>Saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / de Coter, Colyn</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>retable</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
           <t>chêne</t>
         </is>
       </c>
-      <c r="H144" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>52699</v>
+        <v>49445</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Grand plat rond : Adam et Eve</t>
+          <t>Portrait de profil d'un jeune garçon</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E145" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E145" s="2"/>
       <c r="F145" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
-          <t>doré, ciselé, martelé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>46680</v>
+        <v>49477</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Foule implorante</t>
+          <t>Portrait d'un homme à la barbe grise</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E146" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>46685</v>
+        <v>51553</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Descente de Croix</t>
+          <t>Marie-Madeleine</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G147" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>51529</v>
+        <v>51562</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Piéta</t>
+          <t>Sainte Gertrude</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>51530</v>
+        <v>51625</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Saint Sébastien</t>
+          <t>Saint Jean au Calvaire</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>51532</v>
+        <v>51550</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Vierge en Majesté</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H150" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H150" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>51543</v>
+        <v>51565</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Vierge sur un croissant de lune</t>
+          <t>Quatre apôtres pendant la Cène</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H151" s="2"/>
+      <c r="H151" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>51551</v>
+        <v>51520</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>La Dernière Cène</t>
+          <t>Saint Antoine l'Ermite</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>51488</v>
+        <v>51521</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Saint Evêque</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>51613</v>
+        <v>36863</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Denis de Paris</t>
+          <t>Retable de la Vierge, dit de la Nativité</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / de Coter, Colyn</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
-          <t>1500 - 1599</t>
+          <t>1490 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>retable</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>51495</v>
+        <v>46680</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Saint Sébastien</t>
+          <t>Foule implorante</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H155" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H155" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>51512</v>
+        <v>46685</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Descente de Croix</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H156" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H156" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>78463</v>
+        <v>52699</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
+          <t>Grand plat rond : Adam et Eve</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
-          <t>1501 - 1600</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>doré, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>51422</v>
+        <v>51613</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Cinq décors architecturaux armoriés provenant de l'ancienne Maison du Roi</t>
+          <t>Denis de Paris</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
-          <t>1515 - 1530</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
-          <t>éléments d'architecture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>36755</v>
+        <v>51532</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Légende de Notre-Dame du Sablon : la statue de Notre-Dame est conduite à l'église du Sablon</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / van Orley, Bernard</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
-          <t>1516 - 1518</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>31076</v>
+        <v>51543</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Le Credo - Le Baptême du Christ</t>
+          <t>Vierge sur un croissant de lune</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
-          <t>1530 - </t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>66327</v>
+        <v>51551</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Paire d'albarelles en majolique à décor polychromé</t>
+          <t>La Dernière Cène</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1550 - 1600</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>instrument ou matériel de pharmacie</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>36756</v>
+        <v>51488</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>L'enlèvement des Sabines</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / di Pietro di Filippo de Gianuzzi (Giulio Pippi, Giulio Romano), Giulio</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1550 - </t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>36789</v>
+        <v>51495</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Triptyque des Quatre Saints Couronnés</t>
+          <t>Saint Sébastien</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
-          <t>1560 - </t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
-          <t>chêne, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>52277</v>
+        <v>51512</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Le canal vu à vol d’oiseau</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
-          <t>1565 - </t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>31077</v>
+        <v>51529</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Scène de chasse dans les jardins de l'Ancienne Cour</t>
+          <t>Piéta</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1566 - 1599</t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>52793</v>
+        <v>51530</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Poids de 4 livres </t>
+          <t>Saint Sébastien</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1570 - </t>
+          <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
-[...3 lines deleted...]
-      <c r="H166" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G166" s="2" t="inlineStr">
+        <is>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H166" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>52299</v>
+        <v>78463</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Scène de chasse à l'épieu</t>
+          <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
-          <t>1575 - 1599</t>
+          <t>1501 - 1600</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>48897</v>
+        <v>51422</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Mademoiselle Bars</t>
+          <t>Cinq décors architecturaux armoriés provenant de l'ancienne Maison du Roi</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
-          <t>1575 - 1599</t>
+          <t>1515 - 1530</t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>47352</v>
+        <v>36755</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Léonard Danoot</t>
+          <t>Légende de Notre-Dame du Sablon : la statue de Notre-Dame est conduite à l'église du Sablon</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / van Orley, Bernard</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
-          <t>1592 - </t>
+          <t>1516 - 1518</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>tapisserie</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>48992</v>
+        <v>31076</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Les maîtres des pauvres ou des enfants trouvés et le Christ sur la croix</t>
+          <t>Le Credo - Le Baptême du Christ</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1530 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>tapisserie</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>49086</v>
+        <v>36756</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>L'Hôtel de ville de Bruxelles</t>
+          <t>L'enlèvement des Sabines</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / di Pietro di Filippo de Gianuzzi (Giulio Pippi, Giulio Romano), Giulio</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
+          <t>1550 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>tapisserie</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>49087</v>
+        <v>66327</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Sainte Begge</t>
+          <t>Paire d'albarelles en majolique à décor polychromé</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1550 - 1600</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>instrument ou matériel de pharmacie</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>49091</v>
+        <v>36789</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs dans un vase</t>
+          <t>Triptyque des Quatre Saints Couronnés</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1560 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>chêne, peinture à l'huile</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>49095</v>
+        <v>52277</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Le canal vu à vol d’oiseau</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1565 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>50622</v>
+        <v>31077</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Portraits des archiducs Albert et  Isabelle, souverains des Pays-Bas du Sud</t>
+          <t>Scène de chasse dans les jardins de l'Ancienne Cour</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1600 - </t>
+          <t>1566 - 1599</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tapisserie</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>vernis, matière colorante, encre, papier</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
-          <t>gravure rehaussée, gravure au burin</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>47285</v>
+        <v>52793</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme</t>
+          <t>Poids de 4 livres </t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1570 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...11 lines deleted...]
-      </c>
+          <t>instrument de mesure</t>
+        </is>
+      </c>
+      <c r="G176" s="2"/>
+      <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>65629</v>
+        <v>52299</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Le village de Saint-Gilles</t>
+          <t>Scène de chasse à l'épieu</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tapisserie</t>
         </is>
       </c>
       <c r="G177" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>46674</v>
+        <v>48897</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Paysage italien avec le Vésuve en arrière-plan</t>
+          <t>Portrait de Mademoiselle Bars</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1575 - 1599</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G178" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>46678</v>
+        <v>47352</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Accueil d'un évêque par saint Pierre</t>
+          <t>Portrait de Léonard Danoot</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1592 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>46748</v>
+        <v>36906</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Château de Wilrijk (Middelheim)</t>
+          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>instruments de musique</t>
         </is>
       </c>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>46996</v>
+        <v>36791</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
+          <t>Portrait de Marie-Madeleine d'Autriche</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
+          <t>1600 - 1625</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>47246</v>
+        <v>46996</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Lever du soleil</t>
+          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Reni, Guido</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1799</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>65113</v>
+        <v>47246</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et formule de serment des bateliers </t>
+          <t>Lever du soleil</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / Reni, Guido</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>encre noire, parchemin</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>lavis, rehaussé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
         <v>47282</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
           <t>Portrait d'un vieillard</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H184" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>36906</v>
+        <v>47285</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
+          <t>Portrait d'un homme</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>instruments de musique</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H185" s="2" t="inlineStr">
         <is>
-          <t>peint, tourné [bois]</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>36791</v>
+        <v>46674</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Marie-Madeleine d'Autriche</t>
+          <t>Paysage italien avec le Vésuve en arrière-plan</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H186" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>51523</v>
+        <v>46678</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch</t>
+          <t>Accueil d'un évêque par saint Pierre</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>51531</v>
+        <v>46748</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>Château de Wilrijk (Middelheim)</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H188" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H188" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>51535</v>
+        <v>52208</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Sainte Véronique</t>
+          <t>La collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>52208</v>
+        <v>65113</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>La collégiale des Saints-Michel-et-Gudule</t>
+          <t>Christ en croix et formule de serment des bateliers </t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre noire, parchemin</t>
         </is>
       </c>
       <c r="H190" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>51536</v>
+        <v>65629</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>L'arbre de Jessé</t>
+          <t>Le village de Saint-Gilles</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H191" s="2"/>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H191" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>51537</v>
+        <v>51624</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Bacchant</t>
+          <t>Semelle de poutre : saint Paul</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>51541</v>
+        <v>48950</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Portrait d'Engelbert Taye</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H193" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H193" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>48950</v>
+        <v>47286</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Engelbert Taye</t>
+          <t>Portrait d'un homme avec rabat blanc</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>51545</v>
+        <v>47287</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>Portrait d'une dame avec drapé rouge et guirlande de fleurs. Étude</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>51294</v>
+        <v>48992</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Projet de façade, dans le style des maisons construites en pierre par les corporations</t>
+          <t>Les maîtres des pauvres ou des enfants trouvés et le Christ sur la croix</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H196" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>47286</v>
+        <v>47351</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme avec rabat blanc</t>
+          <t>Portrait d'un moine</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H197" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>47287</v>
+        <v>49086</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une dame avec drapé rouge et guirlande de fleurs. Étude</t>
+          <t>L'Hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1799</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H198" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>51557</v>
+        <v>49087</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Le Christ déposé</t>
+          <t>Sainte Begge</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H199" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H199" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>51558</v>
+        <v>49091</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Angelot ailé</t>
+          <t>Nature morte aux fleurs dans un vase</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H200" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H200" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>51559</v>
+        <v>49095</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Angelot assis</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H201" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H201" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>51402</v>
+        <v>51535</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Jupiter</t>
+          <t>Sainte Véronique</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H202" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>51563</v>
+        <v>51536</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Niche</t>
+          <t>L'arbre de Jessé</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
-      <c r="F203" s="2"/>
+      <c r="F203" s="2" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>bois, étain, marbre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>47351</v>
+        <v>51537</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un moine</t>
+          <t>Bacchant</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>51414</v>
+        <v>51541</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Mauclair</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>51564</v>
+        <v>50622</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Petit Christ mutilé</t>
+          <t>Portraits des archiducs Albert et  Isabelle, souverains des Pays-Bas du Sud</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H206" s="2"/>
+          <t>vernis, matière colorante, encre, papier</t>
+        </is>
+      </c>
+      <c r="H206" s="2" t="inlineStr">
+        <is>
+          <t>gravure rehaussée, gravure au burin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>51463</v>
+        <v>51545</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Cartouche de la Corporation des Bouchers</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>51610</v>
+        <v>51294</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Sainte Catherine</t>
+          <t>Projet de façade, dans le style des maisons construites en pierre par les corporations</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H208" s="2"/>
+          <t>aquarelle, papier, encre</t>
+        </is>
+      </c>
+      <c r="H208" s="2" t="inlineStr">
+        <is>
+          <t>dessin, rehaussé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>51611</v>
+        <v>51557</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Saint Marc</t>
+          <t>Le Christ déposé</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>51612</v>
+        <v>51558</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Vierge couronnée</t>
+          <t>Angelot ailé</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>51624</v>
+        <v>51559</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Semelle de poutre : saint Paul</t>
+          <t>Angelot assis</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H211" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>43279</v>
+        <v>51402</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec jambon et chope de bière</t>
+          <t>Jupiter</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
-          <t>Pieter,  Claesz. / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1610</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>42647</v>
+        <v>51563</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Moine en prière</t>
+          <t>Niche</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
-[...6 lines deleted...]
-      </c>
+          <t>1600 - 1699</t>
+        </is>
+      </c>
+      <c r="F213" s="2"/>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, étain, marbre</t>
+        </is>
+      </c>
+      <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>66314</v>
+        <v>51414</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
+          <t>Mauclair</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>43254</v>
+        <v>51564</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Tête d'ancien</t>
+          <t>Petit Christ mutilé</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>43278</v>
+        <v>51463</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec homard</t>
+          <t>Cartouche de la Corporation des Bouchers</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
-          <t>de Heem, Cornelis / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
-          <t>1610 - 1615</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>52709</v>
+        <v>51610</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Louche étalon</t>
+          <t>Sainte Catherine</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
-          <t>1618 - </t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>instrument de mesure</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>66335</v>
+        <v>51611</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Rolwagen en porcelaine chinoise à décor bleu cobalt sur fond blanc sous glaçure transparente</t>
+          <t>Saint Marc</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1620 - 1650</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>36753</v>
+        <v>51612</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Histoire de Tristan - Tristan et Morgain</t>
+          <t>Vierge couronnée</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
-          <t>1620 - 1630</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>tapisserie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>fil d'or, laine, soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H219" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>49006</v>
+        <v>51523</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>L'exposition du corps de l'archiduc Albert sur son lit de mort</t>
+          <t>Saint Roch</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
-          <t>1621 - 1650</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>47054</v>
+        <v>51531</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi renouvelée en 1625</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
-          <t>1625 - </t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H221" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>46598</v>
+        <v>43254</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Henry Firmyn, duc de Saint-Albans</t>
+          <t>Tête d'ancien</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
-          <t>1630 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>46544</v>
+        <v>43279</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>La porte du Rivage et le pont basculant</t>
+          <t>Nature morte avec jambon et chope de bière</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Pieter,  Claesz. / Anonyme</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1634 - 1800</t>
+          <t>1601 - 1610</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H223" s="2"/>
+          <t>panneau, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H223" s="2" t="inlineStr">
+        <is>
+          <t>peint, marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>36841</v>
+        <v>42647</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Tableau allégorique du carillon de l'église Saint-Nicolas</t>
+          <t>Moine en prière</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / de Sany, Théodore</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1642 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>48980</v>
+        <v>66314</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme inconnu</t>
+          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
-          <t>1643 - </t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>faïence</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>47283</v>
+        <v>43278</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'enfant</t>
+          <t>Nature morte avec homard</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>de Heem, Cornelis / Anonyme</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
-          <t>1650 - 1699</t>
+          <t>1610 - 1615</t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G226" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H226" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>46824</v>
+        <v>52709</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Sainte Gudule</t>
+          <t>Louche étalon</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
-          <t>1650 - 1699</t>
+          <t>1618 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>instrument de mesure</t>
         </is>
       </c>
       <c r="G227" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H227" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>doré, technique de fonte, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>46844</v>
+        <v>36753</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Histoire de Tristan - Tristan et Morgain</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
-          <t>1650 - 1699</t>
+          <t>1620 - 1630</t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tapisserie</t>
         </is>
       </c>
       <c r="G228" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>fil d'or, laine, soie</t>
         </is>
       </c>
       <c r="H228" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>52262</v>
+        <v>66335</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Projet pour la tour de l’église du Béguinage</t>
+          <t>Rolwagen en porcelaine chinoise à décor bleu cobalt sur fond blanc sous glaçure transparente</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
-          <t>1650 - </t>
+          <t>1620 - 1650</t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G229" s="2" t="inlineStr">
         <is>
-          <t>encre, gouache, papier</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H229" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>cuit [céramique], peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>36856</v>
+        <v>49006</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la collégiale Sainte-Gudule</t>
+          <t>L'exposition du corps de l'archiduc Albert sur son lit de mort</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
-          <t>1660 - 1670</t>
-[...2 lines deleted...]
-      <c r="F230" s="2"/>
+          <t>1621 - 1650</t>
+        </is>
+      </c>
+      <c r="F230" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G230" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H230" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>52747</v>
+        <v>47054</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Aiguière et bassin</t>
+          <t>La Maison du Roi renouvelée en 1625</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
-          <t>1675 - </t>
-[...2 lines deleted...]
-      <c r="F231" s="2"/>
+          <t>1625 - </t>
+        </is>
+      </c>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G231" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H231" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé, martelé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>52729</v>
+        <v>46598</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Plaque de collier de la Gilde de saint Sébastien</t>
+          <t>Portrait de Henry Firmyn, duc de Saint-Albans</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
-          <t>1676 - </t>
-[...2 lines deleted...]
-      <c r="F232" s="2"/>
+          <t>1630 - </t>
+        </is>
+      </c>
+      <c r="F232" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G232" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H232" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>47754</v>
+        <v>46544</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Le couvent des Chartreux de Scheut</t>
+          <t>La porte du Rivage et le pont basculant</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Harrewijn, Jacobus</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
-          <t>1680 - 1795</t>
+          <t>1634 - 1800</t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G233" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>36802</v>
+        <v>36841</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Le bombardement de la Grand-Place de 1695</t>
+          <t>Tableau allégorique du carillon de l'église Saint-Nicolas</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / de Sany, Théodore</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
-          <t>1695 - </t>
+          <t>1642 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G234" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H234" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>36905</v>
+        <v>48980</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
+          <t>Portrait d'un homme inconnu</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
-          <t>Berterham, Jan Baptist / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
-          <t>1698 - </t>
+          <t>1643 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
-          <t>métal, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
-          <t>ciselé, martelé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>49435</v>
+        <v>46844</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Berger avec des moutons, une chèvre et une jeune fille</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1650 - 1699</t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>49099</v>
+        <v>47283</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Scène mythologique dans les nuages</t>
+          <t>Portrait d'enfant</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1650 - 1699</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>49615</v>
+        <v>46824</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Portrait présumé de Léopold II d'Autriche</t>
+          <t>Sainte Gudule</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1650 - 1699</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>49229</v>
+        <v>52262</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
+          <t>Projet pour la tour de l’église du Béguinage</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1650 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre, gouache, papier</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>48982</v>
+        <v>36856</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Marie-Antoinette d'Autriche (1669-1692)</t>
+          <t>Intérieur de la collégiale Sainte-Gudule</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
-[...6 lines deleted...]
-      </c>
+          <t>1660 - 1670</t>
+        </is>
+      </c>
+      <c r="F240" s="2"/>
       <c r="G240" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H240" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>48985</v>
+        <v>52747</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Pape, empereur, dauphin, pasteur, paysan, avocat, docteur et la mort. Oeuvre satirique</t>
+          <t>Aiguière et bassin</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
-[...6 lines deleted...]
-      </c>
+          <t>1675 - </t>
+        </is>
+      </c>
+      <c r="F241" s="2"/>
       <c r="G241" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H241" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de repoussage, ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>65628</v>
+        <v>52729</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>2 vues du couvent de Saint-Pierre et "Onze-Lieve-Vrouw ter Zieken"</t>
+          <t>Plaque de collier de la Gilde de saint Sébastien</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
-[...6 lines deleted...]
-      </c>
+          <t>1676 - </t>
+        </is>
+      </c>
+      <c r="F242" s="2"/>
       <c r="G242" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H242" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>52537</v>
+        <v>47754</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Études de sculptures d'enfants</t>
+          <t>Le couvent des Chartreux de Scheut</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
-          <t>Duquesnoy, François / Anonyme</t>
+          <t>Anonyme ,  / Harrewijn, Jacobus</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1680 - 1795</t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G243" s="2" t="inlineStr">
         <is>
-          <t>encre noire, crayon, crayon noir</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H243" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>46631</v>
+        <v>36802</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Le palais des ducs de Brabant au Coudenberg</t>
+          <t>Le bombardement de la Grand-Place de 1695</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1695 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G244" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H244" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>67400</v>
+        <v>36905</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Bergerie </t>
+          <t>Pelle de cérémonie exécutée pour l'inauguration des travaux du canal de Bruxelles à la Sambre</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Berterham, Jan Baptist / Anonyme</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1699 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>métal, bois</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>46713</v>
+        <v>36911</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de dix panneaux décoratifs représentant des scènes champêtres</t>
+          <t>Bottes de postillon</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, fer</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>46961</v>
+        <v>36694</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec deux hommes et une femme à cheval</t>
+          <t>Chien</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>46962</v>
+        <v>36772</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec port et voilier</t>
+          <t>Papier peint à décor chinois</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>46963</v>
+        <v>39464</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec troupeau de moutons</t>
+          <t>Paire potiches Japon Imari</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1740</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H249" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>46964</v>
+        <v>46961</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec une marchande de légumes</t>
+          <t>Scène champêtre avec deux hommes et une femme à cheval</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H250" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>46966</v>
+        <v>46962</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec berger et ses moutons, et un homme et une femme lui parlant</t>
+          <t>Scène champêtre avec port et voilier</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H251" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>46969</v>
+        <v>46963</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Scène de kermesse de village</t>
+          <t>Scène champêtre avec troupeau de moutons</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H252" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>46970</v>
+        <v>46964</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec un déchargement de marchandises en bord de rivière</t>
+          <t>Scène champêtre avec une marchande de légumes</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>46997</v>
+        <v>46966</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Flandre</t>
+          <t>Scène champêtre avec berger et ses moutons, et un homme et une femme lui parlant</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H254" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>63261</v>
+        <v>46969</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>La porte de Laeken</t>
+          <t>Scène de kermesse de village</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H255" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>63262</v>
+        <v>46970</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Vue du pont de Laeken</t>
+          <t>Scène champêtre avec un déchargement de marchandises en bord de rivière</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>36911</v>
+        <v>46997</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Bottes de postillon</t>
+          <t>La Porte de Flandre</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>bois, fer</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>36694</v>
+        <v>46631</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Chien</t>
+          <t>Le palais des ducs de Brabant au Coudenberg</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H258" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H258" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>36772</v>
+        <v>46713</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Papier peint à décor chinois</t>
+          <t>Ensemble de dix panneaux décoratifs représentant des scènes champêtres</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H259" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H259" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>39464</v>
+        <v>63261</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Paire potiches Japon Imari</t>
+          <t>La porte de Laeken</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1740</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>tourné (céramique)</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>51835</v>
+        <v>63262</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Bras reliquaire</t>
+          <t>Vue du pont de Laeken</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>tilleul</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>laque, tourné [bois]</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>52142</v>
+        <v>52537</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Mise au tombeau</t>
+          <t>Études de sculptures d'enfants</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Duquesnoy, François / Anonyme</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H262" s="2"/>
+          <t>encre noire, crayon, crayon noir</t>
+        </is>
+      </c>
+      <c r="H262" s="2" t="inlineStr">
+        <is>
+          <t>dessin, rehaussé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>51332</v>
+        <v>65628</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Quatre médaillons représentant les saisons</t>
+          <t>2 vues du couvent de Saint-Pierre et "Onze-Lieve-Vrouw ter Zieken"</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H263" s="2"/>
+          <t>papier, crayon noir</t>
+        </is>
+      </c>
+      <c r="H263" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>51556</v>
+        <v>67400</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Petit reliquaire : Les Saints Innocents</t>
+          <t>Bergerie </t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>laque</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>51333</v>
+        <v>51835</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Médaillon du Printemps</t>
+          <t>Bras reliquaire</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H265" s="2"/>
+          <t>tilleul</t>
+        </is>
+      </c>
+      <c r="H265" s="2" t="inlineStr">
+        <is>
+          <t>laque, tourné [bois]</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>51334</v>
+        <v>52142</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Médaillon de l'Eté</t>
+          <t>Mise au tombeau</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
           <t>plâtre</t>
         </is>
       </c>
       <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>51335</v>
+        <v>49229</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Médaillon de l'Automne</t>
+          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H267" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H267" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>51336</v>
+        <v>48982</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Médaillon de l'Hiver</t>
+          <t>Portrait de Marie-Antoinette d'Autriche (1669-1692)</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H268" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H268" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>47445</v>
+        <v>48985</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
+          <t>Pape, empereur, dauphin, pasteur, paysan, avocat, docteur et la mort. Oeuvre satirique</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, papier</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>47446</v>
+        <v>49435</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
+          <t>Berger avec des moutons, une chèvre et une jeune fille</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre noire</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>47559</v>
+        <v>49099</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>L'écluse des Trois-Fontaines sur le canal de Willebroeck</t>
+          <t>Scène mythologique dans les nuages</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>42646</v>
+        <v>47445</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec pont</t>
+          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1701 - 1800</t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>47377</v>
+        <v>47446</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>"Ubsque Labore nihil" (rien sans peine)</t>
+          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1708 - </t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, aquarelle, encre noire</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>47383</v>
+        <v>47559</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Moïse menaçant les Juifs de la colère céleste</t>
+          <t>L'écluse des Trois-Fontaines sur le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>47384</v>
+        <v>51332</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Paire de natures mortes : Fleurs et fruits</t>
+          <t>Quatre médaillons représentant les saisons</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>47385</v>
+        <v>51556</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Paire de natures mortes : Fleurs et fruits</t>
+          <t>Petit reliquaire : Les Saints Innocents</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
-          <t>1709 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>laque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>47387</v>
+        <v>51333</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Femme présentant les emblèmes de la Ville de Louvain</t>
+          <t>Médaillon du Printemps</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1710 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H277" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>36806</v>
+        <v>51334</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Lignage Steenweg</t>
+          <t>Médaillon de l'Eté</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H278" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>36807</v>
+        <v>51335</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Lignage Roodenbeek</t>
+          <t>Médaillon de l'Automne</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H279" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>36808</v>
+        <v>51336</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Lignage Sweerts</t>
+          <t>Médaillon de l'Hiver</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H280" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>36809</v>
+        <v>49615</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Lignage Serroelofs</t>
+          <t>Portrait présumé de Léopold II d'Autriche</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>36810</v>
+        <v>42646</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Lignage Serhuyghs</t>
+          <t>Paysage avec pont</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1701 - 1800</t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G282" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H282" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>36811</v>
+        <v>47377</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Lignage Sleeuws</t>
+          <t>"Ubsque Labore nihil" (rien sans peine)</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1708 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G283" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H283" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>36812</v>
+        <v>47383</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Lignage Coudenberg</t>
+          <t>Moïse menaçant les Juifs de la colère céleste</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G284" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H284" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>36813</v>
+        <v>47384</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Médaillons des sept lignages de Bruxelles</t>
+          <t>Paire de natures mortes : Fleurs et fruits</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
-          <t>1712 - </t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G285" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H285" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>46665</v>
+        <v>47385</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme avec cravate à dentelle</t>
+          <t>Paire de natures mortes : Fleurs et fruits</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
-          <t>1715 - 1725</t>
+          <t>1709 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G286" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H286" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>52758</v>
+        <v>47387</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Huilier</t>
+          <t>Femme présentant les emblèmes de la Ville de Louvain</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
-          <t>1727 - 1730</t>
-[...2 lines deleted...]
-      <c r="F287" s="2"/>
+          <t>1710 - </t>
+        </is>
+      </c>
+      <c r="F287" s="2" t="inlineStr">
+        <is>
+          <t>peinture murale</t>
+        </is>
+      </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
-          <t>ciselé, martelé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>52328</v>
+        <v>36806</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Bassin et vignoble dans la vallée du Palais du Coudenberg </t>
+          <t>Lignage Steenweg</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
-          <t>1731 - </t>
+          <t>1712 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>52745</v>
+        <v>36807</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Paire de chandeliers</t>
+          <t>Lignage Roodenbeek</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
-          <t>1734 - 1737</t>
+          <t>1712 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
-          <t>chandelier</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H289" s="2"/>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H289" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>47900</v>
+        <v>36808</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Manneken-Pis en 1735</t>
+          <t>Lignage Sweerts</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
-          <t>1735 - </t>
+          <t>1712 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>46607</v>
+        <v>36809</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-François Foppens (1689-1761)</t>
+          <t>Lignage Serroelofs</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
-          <t>1745 - </t>
+          <t>1712 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
-          <t>argent, peinture à l'huile</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>49839</v>
+        <v>36810</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Fontaine : lion héraldique</t>
+          <t>Lignage Serhuyghs</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
-[...2 lines deleted...]
-      <c r="F292" s="2"/>
+          <t>1712 - </t>
+        </is>
+      </c>
+      <c r="F292" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...2 lines deleted...]
-      <c r="H292" s="2"/>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H292" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>65929</v>
+        <v>36811</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
+          <t>Lignage Sleeuws</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1712 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>48979</v>
+        <v>36812</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Enseigne peinte : In den Heyck</t>
+          <t>Lignage Coudenberg</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
-[...2 lines deleted...]
-      <c r="F294" s="2"/>
+          <t>1712 - </t>
+        </is>
+      </c>
+      <c r="F294" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>51462</v>
+        <v>36813</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Cartouche de la Confrérie de Saint-Hubert</t>
+          <t>Médaillons des sept lignages de Bruxelles</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
+          <t>1712 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
-          <t>peinture, tilleul</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H295" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>51489</v>
+        <v>46665</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Fronton aux armes de Charles de Lorraine</t>
+          <t>Portrait d'homme avec cravate à dentelle</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1715 - 1725</t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G296" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H296" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H296" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>51498</v>
+        <v>52758</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Enfant endormi</t>
+          <t>Huilier</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
-[...6 lines deleted...]
-      </c>
+          <t>1727 - 1730</t>
+        </is>
+      </c>
+      <c r="F297" s="2"/>
       <c r="G297" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H297" s="2"/>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H297" s="2" t="inlineStr">
+        <is>
+          <t>ciselé, martelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>50644</v>
+        <v>52328</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
+          <t>Bassin et vignoble dans la vallée du Palais du Coudenberg </t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1731 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G298" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H298" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin, lavis</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>76816</v>
+        <v>52745</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Médaillon : portrait de l'Empereur Léopold II </t>
+          <t>Paire de chandeliers</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1734 - 1737</t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>chandelier</t>
         </is>
       </c>
       <c r="G299" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H299" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>52742</v>
+        <v>47900</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Cuillère saupoudreuse</t>
+          <t>Manneken-Pis en 1735</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1799</t>
+          <t>1735 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
-          <t>cuillère</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G300" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H300" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H300" s="2" t="inlineStr">
+        <is>
+          <t>gravure en creux</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>52244</v>
+        <v>46607</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>La porte du Rivage et le bassin des Barques</t>
+          <t>Portrait de Jean-François Foppens (1689-1761)</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1799</t>
+          <t>1745 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>argent, peinture à l'huile</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>47791</v>
+        <v>65929</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Statue de Charles de Lorraine sur la place Royale à Bruxelles</t>
+          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, lavis, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>47792</v>
+        <v>48979</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Statue de Charles de Lorraine sur la Place Royale à Bruxelles</t>
+          <t>Enseigne peinte : In den Heyck</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1775 - 1800</t>
-[...6 lines deleted...]
-      </c>
+          <t>1750 - 1850</t>
+        </is>
+      </c>
+      <c r="F303" s="2"/>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H303" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>48942</v>
+        <v>49839</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme, ancien pensionnaire du Grand Hospice de Bruxelles</t>
+          <t>Fontaine : lion héraldique</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
-          <t>1780 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1750 - 1799</t>
+        </is>
+      </c>
+      <c r="F304" s="2"/>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peinture à l'huile, verre, argent, laiton</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H304" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>48943</v>
+        <v>51462</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une dame, ancienne pensionnaire du Grand Hospice de Bruxelles</t>
+          <t>Cartouche de la Confrérie de Saint-Hubert</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1780 - </t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peinture à l'huile, verre, argent</t>
+          <t>peinture, tilleul</t>
         </is>
       </c>
       <c r="H305" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>47348</v>
+        <v>51489</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme dans un costume Directoire</t>
+          <t>Fronton aux armes de Charles de Lorraine</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1780 - 1799</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>63259</v>
+        <v>51498</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Vue de la Porte de Namur, démolie en 1783</t>
+          <t>Enfant endormi</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1783 - 1800</t>
+          <t>1750 - 1799</t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>52640</v>
+        <v>76816</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Henri Van der Noot</t>
+          <t>Médaillon : portrait de l'Empereur Léopold II </t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1787 - 1795</t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H308" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>47986</v>
+        <v>50644</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne: Place Royale de Bruxelles, le 20 septembre 1787</t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1787 - </t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...2 lines deleted...]
-      <c r="H309" s="2"/>
+          <t>papier, encre noire</t>
+        </is>
+      </c>
+      <c r="H309" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin, lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>47353</v>
+        <v>52244</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Portrait en buste d'un volontaire brabançon</t>
+          <t>La porte du Rivage et le bassin des Barques</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
-          <t>1787 - </t>
+          <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H310" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>49003</v>
+        <v>52742</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Officier du corps des volontaires à cheval du serment de Saint-Georges</t>
+          <t>Cuillère saupoudreuse</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>cuillère</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>47985</v>
+        <v>47791</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabanconne: allégorie de la Belgique en décembre 1789</t>
+          <t>Statue de Charles de Lorraine sur la place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G312" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H312" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>47993</v>
+        <v>47792</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>La Révolution brabançonne. Le balayeur de place</t>
+          <t>Statue de Charles de Lorraine sur la Place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1790</t>
+          <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>48005</v>
+        <v>48942</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Entrée de Van der Noot à Bruxelles</t>
+          <t>Portrait d'un homme, ancien pensionnaire du Grand Hospice de Bruxelles</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1789 - 1795</t>
+          <t>1780 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>ivoire, peinture à l'huile, verre, argent, laiton</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>48017</v>
+        <v>48943</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne : Le Séminaire général de Louvain</t>
+          <t>Portrait d'une dame, ancienne pensionnaire du Grand Hospice de Bruxelles</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
-          <t>1789 - </t>
+          <t>1780 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...2 lines deleted...]
-      <c r="H315" s="2"/>
+          <t>ivoire, peinture à l'huile, verre, argent</t>
+        </is>
+      </c>
+      <c r="H315" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>49035</v>
+        <v>47348</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-François Vonck (1742 - 1792)</t>
+          <t>Portrait d'un homme dans un costume Directoire</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1792</t>
+          <t>1780 - 1799</t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>50798</v>
+        <v>63259</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Fuite de Madame Pineau, Hendrik Van der Noot et Petrus Van Eupen</t>
+          <t>Vue de la Porte de Namur, démolie en 1783</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1783 - 1800</t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G317" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H317" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="1" t="n">
-        <v>48024</v>
+        <v>52640</v>
       </c>
       <c r="B318" s="2" t="inlineStr">
         <is>
-          <t>Libertas Coronata</t>
+          <t>Portrait de Henri Van der Noot</t>
         </is>
       </c>
       <c r="C318" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D318" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1787 - 1795</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G318" s="2"/>
+      <c r="G318" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>48025</v>
+        <v>47986</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne </t>
+          <t>La Révolution Brabançonne: Place Royale de Bruxelles, le 20 septembre 1787</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1787 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H319" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H319" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>48028</v>
+        <v>47353</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne : Gloire des Brabançons et des Flamands réunis</t>
+          <t>Portrait en buste d'un volontaire brabançon</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
+          <t>1787 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H320" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
-        <v>51592</v>
+        <v>47985</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>La Révolution Brabanconne: allégorie de la Belgique en décembre 1789</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1799</t>
-[...3 lines deleted...]
-      <c r="G321" s="2"/>
+          <t>1789 - </t>
+        </is>
+      </c>
+      <c r="F321" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G321" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H321" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="1" t="n">
-        <v>49221</v>
+        <v>47993</v>
       </c>
       <c r="B322" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Monsieur Colmant</t>
+          <t>La Révolution brabançonne. Le balayeur de place</t>
         </is>
       </c>
       <c r="C322" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D322" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E322" s="2" t="inlineStr">
         <is>
-          <t>1793 - 1799</t>
+          <t>1789 - 1790</t>
         </is>
       </c>
       <c r="F322" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G322" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H322" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="1" t="n">
-        <v>52751</v>
+        <v>48005</v>
       </c>
       <c r="B323" s="2" t="inlineStr">
         <is>
-          <t>Paire de salières</t>
+          <t>Entrée de Van der Noot à Bruxelles</t>
         </is>
       </c>
       <c r="C323" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D323" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E323" s="2" t="inlineStr">
         <is>
-          <t>1794 - </t>
-[...2 lines deleted...]
-      <c r="F323" s="2"/>
+          <t>1789 - 1795</t>
+        </is>
+      </c>
+      <c r="F323" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G323" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H323" s="2" t="inlineStr">
         <is>
-          <t>fondu</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="1" t="n">
-        <v>52808</v>
+        <v>48017</v>
       </c>
       <c r="B324" s="2" t="inlineStr">
         <is>
-          <t>Salière</t>
+          <t>La Révolution Brabançonne : Le Séminaire général de Louvain</t>
         </is>
       </c>
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
-          <t>1794 - </t>
-[...2 lines deleted...]
-      <c r="F324" s="2"/>
+          <t>1789 - </t>
+        </is>
+      </c>
+      <c r="F324" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G324" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H324" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>52809</v>
+        <v>49003</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Salière</t>
+          <t>Officier du corps des volontaires à cheval du serment de Saint-Georges</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
-          <t>1794 - </t>
-[...2 lines deleted...]
-      <c r="F325" s="2"/>
+          <t>1789 - </t>
+        </is>
+      </c>
+      <c r="F325" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
-          <t>fondu</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>36799</v>
+        <v>48024</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>La place Royale et l'Arbre de la Liberté de 1794 à 1797, vue depuis la rue de la Régence</t>
+          <t>Libertas Coronata</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1794 - 1797</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G326" s="2"/>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>48984</v>
+        <v>48025</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Portrait de François II, empereur du Saint-Empire romain germanique entre 1792 et 1806</t>
+          <t>La Révolution Brabançonne </t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
-          <t>1799 - 1806</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>49430</v>
+        <v>48028</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme</t>
+          <t>La Révolution Brabançonne : Gloire des Brabançons et des Flamands réunis</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1849</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G328" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H328" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>49127</v>
+        <v>49035</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Antoine Vialle-Ponty ou Viali di Ponnti</t>
+          <t>Portrait de Jean-François Vonck (1742 - 1792)</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1835</t>
+          <t>1790 - 1792</t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>49136</v>
+        <v>50798</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Docteur Charles Conrad Alexandre Georges de Brandner de Goldenstern</t>
+          <t>Fuite de Madame Pineau, Hendrik Van der Noot et Petrus Van Eupen</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1840</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>42654</v>
+        <v>51592</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...11 lines deleted...]
-      </c>
+          <t>1790 - 1799</t>
+        </is>
+      </c>
+      <c r="F331" s="2"/>
+      <c r="G331" s="2"/>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>46686</v>
+        <v>49221</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Personnes dans un cortège</t>
+          <t>Portrait de Monsieur Colmant</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1793 - 1799</t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G332" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H332" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>53070</v>
+        <v>36799</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Vue extérieure de l'église Saint-Géry </t>
+          <t>La place Royale et l'Arbre de la Liberté de 1794 à 1797, vue depuis la rue de la Régence</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
+          <t>1794 - 1797</t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G333" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H333" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>52183</v>
+        <v>52751</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
+          <t>Paire de salières</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1888</t>
-[...6 lines deleted...]
-      </c>
+          <t>1794 - </t>
+        </is>
+      </c>
+      <c r="F334" s="2"/>
       <c r="G334" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H334" s="2" t="inlineStr">
         <is>
-          <t>technique d'estampage, technique de repoussage</t>
+          <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>47294</v>
+        <v>52808</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme avec cravate en dentelle blanche</t>
+          <t>Salière</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
-[...6 lines deleted...]
-      </c>
+          <t>1794 - </t>
+        </is>
+      </c>
+      <c r="F335" s="2"/>
       <c r="G335" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H335" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>fondu</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>51358</v>
+        <v>52809</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Buste de Charles Quint</t>
+          <t>Salière</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1853</t>
-[...6 lines deleted...]
-      </c>
+          <t>1794 - </t>
+        </is>
+      </c>
+      <c r="F336" s="2"/>
       <c r="G336" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
-[...2 lines deleted...]
-      <c r="H336" s="2"/>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H336" s="2" t="inlineStr">
+        <is>
+          <t>fondu</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>48210</v>
+        <v>48984</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Laurent Delvaux</t>
+          <t>Portrait de François II, empereur du Saint-Empire romain germanique entre 1792 et 1806</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
+          <t>1799 - 1806</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>42650</v>
+        <v>42654</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Martyre de saint Barthélémy</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H338" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>42653</v>
+        <v>46686</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Tête de moine</t>
+          <t>Personnes dans un cortège</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>42656</v>
+        <v>52183</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Christ et un soldat</t>
+          <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1900</t>
+          <t>1800 - 1888</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>cuivre</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'estampage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>42944</v>
+        <v>53070</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Vue extérieure de l'église Saint-Géry </t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1801 - 1850</t>
+          <t>1800 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H341" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H341" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>52703</v>
+        <v>47294</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
+          <t>Portrait d'un homme avec cravate en dentelle blanche</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
-          <t>1806 - 1817</t>
-[...2 lines deleted...]
-      <c r="F342" s="2"/>
+          <t>1800 - 1899</t>
+        </is>
+      </c>
+      <c r="F342" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>48201</v>
+        <v>48210</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Portrait du caricaturiste et écrivain Henry Monnier</t>
+          <t>Portrait du sculpteur Laurent Delvaux</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1815 - 1880</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>48246</v>
+        <v>49430</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>L'inauguration de Guillaume Ier à l'Hôtel de Ville de Bruxelles </t>
+          <t>Portrait d'un homme</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1815 - 1830</t>
+          <t>1800 - 1849</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>52222</v>
+        <v>49127</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>La place Saint-Michel</t>
+          <t>Portrait d'Antoine Vialle-Ponty ou Viali di Ponnti</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1816 - </t>
+          <t>1800 - 1835</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre de chine</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>47895</v>
+        <v>49136</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Enlèvement de Manneken-Pis à Bruxelles dans la nuit du 4 au 5 octobre 1817</t>
+          <t>Docteur Charles Conrad Alexandre Georges de Brandner de Goldenstern</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1817 - </t>
+          <t>1800 - 1840</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
-          <t>gravure en creux</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>85032</v>
+        <v>51358</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme lisant</t>
+          <t>Buste de Charles Quint</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1819 - </t>
+          <t>1800 - 1853</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuivre</t>
+        </is>
+      </c>
+      <c r="H347" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>47932</v>
+        <v>42650</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Pont de Laeken</t>
+          <t>Martyre de saint Barthélémy</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G348" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H348" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H348" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>48635</v>
+        <v>42653</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Le théâtre de la Monnaie, affiches de spectacle</t>
+          <t>Tête de moine</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
-          <t>1826 - </t>
-[...4 lines deleted...]
-      <c r="H349" s="2"/>
+          <t>1801 - 1900</t>
+        </is>
+      </c>
+      <c r="F349" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G349" s="2" t="inlineStr">
+        <is>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H349" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>49058</v>
+        <v>42656</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>La palais de Laeken au temps du Roi Léopold Ier</t>
+          <t>Christ et un soldat</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G350" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H350" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>49129</v>
+        <v>42944</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Roi Léopold I</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1865</t>
+          <t>1801 - 1850</t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G351" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H351" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>49130</v>
+        <v>52703</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Reine Louise Marie</t>
+          <t>Masse de l'ancienne faculté de droit de Bruxelles</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1850</t>
-[...6 lines deleted...]
-      </c>
+          <t>1806 - 1817</t>
+        </is>
+      </c>
+      <c r="F352" s="2"/>
       <c r="G352" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H352" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>49206</v>
+        <v>48201</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>L'attaque des Hollandais à la Porte de Schaerbeek durant la révolution belge</t>
+          <t>Portrait du caricaturiste et écrivain Henry Monnier</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1815 - 1880</t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G353" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H353" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>52552</v>
+        <v>48246</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Combat dans l'intérieur du Parc, dimanche 26 septembre 1830</t>
+          <t>L'inauguration de Guillaume Ier à l'Hôtel de Ville de Bruxelles </t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1815 - 1830</t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G354" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H354" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>47958</v>
+        <v>52222</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Décapitation du Comte d'Egmont sur la Grand-Place en 1568</t>
+          <t>La place Saint-Michel</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1899</t>
+          <t>1816 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G355" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, aquarelle, encre de chine</t>
         </is>
       </c>
       <c r="H355" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>48097</v>
+        <v>47895</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Grand triomphe d'une petite nation (1830)</t>
+          <t>Enlèvement de Manneken-Pis à Bruxelles dans la nuit du 4 au 5 octobre 1817</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1817 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G356" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H356" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>gravure en creux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>47346</v>
+        <v>85032</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un membre de la famille vanden Eeckhout en uniforme de lieutenant</t>
+          <t>Portrait d'un homme lisant</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1819 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G357" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H357" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>48102</v>
+        <v>47932</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Caricature concernant le choix, par les plénipotentiaires de la Conférence de Londres, du Prince Léopold comme roi des Belges</t>
+          <t>Pont de Laeken</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
-          <t>1831 - </t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G358" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>49502</v>
+        <v>48635</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Les pavillons d’octroi à la porte de Ninove</t>
+          <t>Le théâtre de la Monnaie, affiches de spectacle</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
-          <t>1835 - 1899</t>
-[...16 lines deleted...]
-      </c>
+          <t>1826 - </t>
+        </is>
+      </c>
+      <c r="F359" s="2"/>
+      <c r="G359" s="2"/>
+      <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>52210</v>
+        <v>52552</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Inauguration du premier chemin de fer belge à l'allée Verte</t>
+          <t>Combat dans l'intérieur du Parc, dimanche 26 septembre 1830</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G360" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, encre, aquarelle</t>
         </is>
       </c>
       <c r="H360" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>lithographie, coloriage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>64188</v>
+        <v>47958</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
+          <t>Décapitation du Comte d'Egmont sur la Grand-Place en 1568</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
-          <t>1840 - </t>
+          <t>1830 - 1899</t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G361" s="2" t="inlineStr">
         <is>
-          <t>argent, vermeil</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H361" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, ciselé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>47873</v>
+        <v>48097</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Arrestation des auteurs de l'enlèvement de Manneken-Pis</t>
+          <t>Grand triomphe d'une petite nation (1830)</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
-          <t>1846 - </t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G362" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H362" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>49434</v>
+        <v>47346</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Station du Chemin de croix</t>
+          <t>Portrait d'un membre de la famille vanden Eeckhout en uniforme de lieutenant</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
-          <t>1848 - </t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G363" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H363" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>52927</v>
+        <v>49058</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles de Brouckère, bourgmestre de Bruxelles 1848 à 1860</t>
+          <t>La palais de Laeken au temps du Roi Léopold Ier</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
-          <t>1848 - 1900</t>
-[...2 lines deleted...]
-      <c r="F364" s="2"/>
+          <t>1830 - 1840</t>
+        </is>
+      </c>
+      <c r="F364" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G364" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H364" s="2" t="inlineStr">
         <is>
-          <t>rehaussé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>49679</v>
+        <v>49129</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Albert Glatigny</t>
+          <t>Roi Léopold I</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
-[...2 lines deleted...]
-      <c r="F365" s="2"/>
+          <t>1830 - 1865</t>
+        </is>
+      </c>
+      <c r="F365" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G365" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H365" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="1" t="n">
-        <v>46617</v>
+        <v>49130</v>
       </c>
       <c r="B366" s="2" t="inlineStr">
         <is>
-          <t>Le Marché aux Poissons et la Maison des poissonniers</t>
+          <t>Reine Louise Marie</t>
         </is>
       </c>
       <c r="C366" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D366" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E366" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1830 - 1850</t>
         </is>
       </c>
       <c r="F366" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G366" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H366" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="1" t="n">
-        <v>42954</v>
+        <v>49206</v>
       </c>
       <c r="B367" s="2" t="inlineStr">
         <is>
-          <t>Femme à l'oiseau</t>
+          <t>L'attaque des Hollandais à la Porte de Schaerbeek durant la révolution belge</t>
         </is>
       </c>
       <c r="C367" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D367" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E367" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F367" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G367" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H367" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="1" t="n">
-        <v>36910</v>
+        <v>48102</v>
       </c>
       <c r="B368" s="2" t="inlineStr">
         <is>
-          <t>Le bon diable du Duivelshoek</t>
+          <t>Caricature concernant le choix, par les plénipotentiaires de la Conférence de Londres, du Prince Léopold comme roi des Belges</t>
         </is>
       </c>
       <c r="C368" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D368" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1831 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
-          <t>objets ethnographiques</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
-          <t>bois, laine</t>
-[...2 lines deleted...]
-      <c r="H368" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H368" s="2" t="inlineStr">
+        <is>
+          <t>rehaussé , lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>39438</v>
+        <v>52210</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Bassin en porcelaine de Chine Famille rose et sellette en bois sculpté</t>
+          <t>Inauguration du premier chemin de fer belge à l'allée Verte</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, bois, pierre</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>technique d'émaillage</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>48203</v>
+        <v>49502</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Portrait du graveur italien Rafaello Morghen</t>
+          <t>Les pavillons d’octroi à la porte de Ninove</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1835 - 1899</t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
-        <v>48204</v>
+        <v>64188</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre italien A.F. Francia</t>
+          <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1840 - </t>
         </is>
       </c>
       <c r="F371" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G371" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>argent, vermeil</t>
         </is>
       </c>
       <c r="H371" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de repoussage, ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="1" t="n">
-        <v>49191</v>
+        <v>47873</v>
       </c>
       <c r="B372" s="2" t="inlineStr">
         <is>
-          <t>Célébration du 25e anniversaire du règne de Léopold I</t>
+          <t>Arrestation des auteurs de l'enlèvement de Manneken-Pis</t>
         </is>
       </c>
       <c r="C372" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D372" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E372" s="2" t="inlineStr">
         <is>
-          <t>1856 - </t>
+          <t>1846 - </t>
         </is>
       </c>
       <c r="F372" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G372" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H372" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="1" t="n">
-        <v>67454</v>
+        <v>52927</v>
       </c>
       <c r="B373" s="2" t="inlineStr">
         <is>
-          <t>La lettre d'amour </t>
+          <t>Portrait de Charles de Brouckère, bourgmestre de Bruxelles 1848 à 1860</t>
         </is>
       </c>
       <c r="C373" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D373" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E373" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1880</t>
-[...6 lines deleted...]
-      </c>
+          <t>1848 - 1900</t>
+        </is>
+      </c>
+      <c r="F373" s="2"/>
       <c r="G373" s="2" t="inlineStr">
         <is>
-          <t>carton, gouache</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H373" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="1" t="n">
-        <v>36857</v>
+        <v>49434</v>
       </c>
       <c r="B374" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi vers 1860</t>
+          <t>Station du Chemin de croix</t>
         </is>
       </c>
       <c r="C374" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D374" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
-          <t>1860 - 1864</t>
+          <t>1848 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H374" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G374" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H374" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>48930</v>
+        <v>36910</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Portrait en médaillon du lieutenant général Corneille Alexis Lahure (1800-1882)</t>
+          <t>Le bon diable du Duivelshoek</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
-          <t>1863 - 1882</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F375" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>objets ethnographiques</t>
         </is>
       </c>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, laine</t>
+        </is>
+      </c>
+      <c r="H375" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>48587</v>
+        <v>39438</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Le bourgmestre Jules Anspach</t>
+          <t>Bassin en porcelaine de Chine Famille rose et sellette en bois sculpté</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
-          <t>1863 - 1879</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...2 lines deleted...]
-      <c r="G376" s="2"/>
+          <t>vase</t>
+        </is>
+      </c>
+      <c r="G376" s="2" t="inlineStr">
+        <is>
+          <t>porcelaine, bois, pierre</t>
+        </is>
+      </c>
       <c r="H376" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>48438</v>
+        <v>46617</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>La Maison du Roi vers 1870 avec la sculpture des comtes d'Egmont et de Hornes</t>
+          <t>Le Marché aux Poissons et la Maison des poissonniers</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
-          <t>1864 - 1879</t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
-        <v>52725</v>
+        <v>42954</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
-          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
+          <t>Femme à l'oiseau</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
-          <t>1867 - </t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
-          <t>ciselé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>48338</v>
+        <v>48203</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>L'ancien marché au Beurre à Bruxelles</t>
+          <t>Portrait du graveur italien Rafaello Morghen</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
-          <t>1867 - 1868</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>51968</v>
+        <v>48204</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'église Notre-Dame des Victoires au Sablon, avant l'aménagement du square du Petit Sablon</t>
+          <t>Portrait du peintre italien A.F. Francia</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...3 lines deleted...]
-      <c r="H380" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G380" s="2" t="inlineStr">
+        <is>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H380" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>48460</v>
+        <v>49679</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Les travaux du voûtement de la Senne</t>
+          <t>Portrait d'Albert Glatigny</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1850 - </t>
+        </is>
+      </c>
+      <c r="F381" s="2"/>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
-        <v>48485</v>
+        <v>49191</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
-          <t>Les travaux du voûtement de la Senne</t>
+          <t>Célébration du 25e anniversaire du règne de Léopold I</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
-          <t>1870 - </t>
+          <t>1856 - </t>
         </is>
       </c>
       <c r="F382" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G382" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H382" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="1" t="n">
-        <v>52724</v>
+        <v>36857</v>
       </c>
       <c r="B383" s="2" t="inlineStr">
         <is>
-          <t>Truelle de cérémonie pour célébrer la fin des travaux du voutement de la Senne en 1871</t>
+          <t>La Maison du Roi vers 1860</t>
         </is>
       </c>
       <c r="C383" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D383" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E383" s="2" t="inlineStr">
         <is>
-          <t>1871 - </t>
+          <t>1860 - 1864</t>
         </is>
       </c>
       <c r="F383" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G383" s="2"/>
       <c r="H383" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="1" t="n">
-        <v>65208</v>
+        <v>67454</v>
       </c>
       <c r="B384" s="2" t="inlineStr">
         <is>
-          <t>Table guichet</t>
+          <t>La lettre d'amour </t>
         </is>
       </c>
       <c r="C384" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D384" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E384" s="2" t="inlineStr">
         <is>
-          <t>1874 - </t>
+          <t>1860 - 1880</t>
         </is>
       </c>
       <c r="F384" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G384" s="2" t="inlineStr">
         <is>
-          <t>chêne, métal</t>
+          <t>carton, gouache</t>
         </is>
       </c>
       <c r="H384" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="1" t="n">
-        <v>42966</v>
+        <v>48930</v>
       </c>
       <c r="B385" s="2" t="inlineStr">
         <is>
-          <t>Etude : portrait d'homme et étude académique : buste antique</t>
+          <t>Portrait en médaillon du lieutenant général Corneille Alexis Lahure (1800-1882)</t>
         </is>
       </c>
       <c r="C385" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D385" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E385" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1863 - 1882</t>
         </is>
       </c>
       <c r="F385" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G385" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H385" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="1" t="n">
-        <v>42967</v>
+        <v>48587</v>
       </c>
       <c r="B386" s="2" t="inlineStr">
         <is>
-          <t>Etude : tête d'homme</t>
+          <t>Le bourgmestre Jules Anspach</t>
         </is>
       </c>
       <c r="C386" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D386" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E386" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1863 - 1879</t>
         </is>
       </c>
       <c r="F386" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G386" s="2"/>
       <c r="H386" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="1" t="n">
-        <v>42968</v>
+        <v>48438</v>
       </c>
       <c r="B387" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>La Maison du Roi vers 1870 avec la sculpture des comtes d'Egmont et de Hornes</t>
         </is>
       </c>
       <c r="C387" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D387" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E387" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1864 - 1879</t>
         </is>
       </c>
       <c r="F387" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G387" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H387" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="1" t="n">
-        <v>42970</v>
+        <v>52725</v>
       </c>
       <c r="B388" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : écorché debout, de face</t>
+          <t>Truelle de cérémonie pour inaugurer le début des travaux de voutement de la Senne en 1867</t>
         </is>
       </c>
       <c r="C388" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D388" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E388" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1867 - </t>
         </is>
       </c>
       <c r="F388" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G388" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H388" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>ciselé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="1" t="n">
-        <v>42971</v>
+        <v>48338</v>
       </c>
       <c r="B389" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : écorché debout, de dos</t>
+          <t>L'ancien marché au Beurre à Bruxelles</t>
         </is>
       </c>
       <c r="C389" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D389" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E389" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1867 - 1868</t>
         </is>
       </c>
       <c r="F389" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G389" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H389" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="1" t="n">
-        <v>42972</v>
+        <v>51968</v>
       </c>
       <c r="B390" s="2" t="inlineStr">
         <is>
-          <t>Caricature-Arlequin</t>
+          <t>Vue de l'église Notre-Dame des Victoires au Sablon, avant l'aménagement du square du Petit Sablon</t>
         </is>
       </c>
       <c r="C390" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D390" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E390" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F390" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G390" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G390" s="2"/>
+      <c r="H390" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="1" t="n">
-        <v>42973</v>
+        <v>48460</v>
       </c>
       <c r="B391" s="2" t="inlineStr">
         <is>
-          <t>Etude : tête de fillette</t>
+          <t>Les travaux du voûtement de la Senne</t>
         </is>
       </c>
       <c r="C391" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D391" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E391" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F391" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G391" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H391" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="1" t="n">
-        <v>42974</v>
+        <v>48485</v>
       </c>
       <c r="B392" s="2" t="inlineStr">
         <is>
-          <t>Homme écrivant</t>
+          <t>Les travaux du voûtement de la Senne</t>
         </is>
       </c>
       <c r="C392" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D392" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E392" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1870 - </t>
         </is>
       </c>
       <c r="F392" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G392" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H392" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="1" t="n">
-        <v>42977</v>
+        <v>52724</v>
       </c>
       <c r="B393" s="2" t="inlineStr">
         <is>
-          <t>Hastiere-par-dela</t>
+          <t>Truelle de cérémonie pour célébrer la fin des travaux du voutement de la Senne en 1871</t>
         </is>
       </c>
       <c r="C393" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D393" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E393" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1871 - </t>
         </is>
       </c>
       <c r="F393" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G393" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent, bois</t>
+        </is>
+      </c>
+      <c r="H393" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="1" t="n">
-        <v>42979</v>
+        <v>65208</v>
       </c>
       <c r="B394" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : buste antique</t>
+          <t>Table guichet</t>
         </is>
       </c>
       <c r="C394" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D394" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1874 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, crayon noir</t>
+          <t>chêne, métal</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>42980</v>
+        <v>39556</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : tête d'homme et portrait de femme</t>
+          <t>Saint-Martin</t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H395" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>42982</v>
+        <v>42979</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Etude académique : buste antique</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, fusain, crayon noir</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>42983</v>
+        <v>42980</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Etude : légume et étude académique : biche et lionne</t>
+          <t>Etude académique : tête d'homme et portrait de femme</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, aquarelle</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>42984</v>
+        <v>42982</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Etude d'un bras tenant une pierre</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
-          <t>fusain, pastel, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>42985</v>
+        <v>42983</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Etude d'une cheville et croquis d'une tête d'homme de dos</t>
+          <t>Etude : légume et étude académique : biche et lionne</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, pastel</t>
+          <t>papier, fusain, aquarelle</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>42986</v>
+        <v>42984</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Trois croquis : enfant nu jouant avec un caniche</t>
+          <t>Etude d'un bras tenant une pierre</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>fusain, pastel, papier</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>42987</v>
+        <v>42985</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : La Vénus de Milo</t>
+          <t>Etude d'une cheville et croquis d'une tête d'homme de dos</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, fusain, pastel</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>42988</v>
+        <v>42986</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : buste antique</t>
+          <t>Trois croquis : enfant nu jouant avec un caniche</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>fusain, crayon noir, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>42991</v>
+        <v>42987</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : buste antique</t>
+          <t>Etude académique : La Vénus de Milo</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>42993</v>
+        <v>42988</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : Moïse de Michel-Ange</t>
+          <t>Etude académique : buste antique</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>fusain, crayon noir, papier</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>42994</v>
+        <v>42991</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Projets de figures féminines de l'Egypte ancienne</t>
+          <t>Etude académique : buste antique</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>42995</v>
+        <v>42993</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Pièce d'étoffe</t>
+          <t>Etude académique : Moïse de Michel-Ange</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>42996</v>
+        <v>42994</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Etude pour projet de tympan : bacchanale</t>
+          <t>Projets de figures féminines de l'Egypte ancienne</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>42997</v>
+        <v>42995</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Etude pour projet de tympan : scène de bataille</t>
+          <t>Pièce d'étoffe</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>39556</v>
+        <v>42996</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Saint-Martin</t>
+          <t>Etude pour projet de tympan : bacchanale</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>51474</v>
+        <v>42997</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Buste du général-major Brialmont </t>
+          <t>Etude pour projet de tympan : scène de bataille</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1899</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H410" s="2"/>
+          <t>papier, fusain</t>
+        </is>
+      </c>
+      <c r="H410" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>76415</v>
+        <v>42966</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Femme assise dans un intérieur </t>
+          <t>Etude : portrait d'homme et étude académique : buste antique</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1930</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, carton</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>52236</v>
+        <v>42967</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Le parc du Cinquantenaire</t>
+          <t>Etude : tête d'homme</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>49444</v>
+        <v>42968</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Jeune garçon avec des fleurs entre les mains, assis sur le sol</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
-          <t>1881 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>52921</v>
+        <v>42970</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Charles Buls</t>
+          <t>Etude académique : écorché debout, de face</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
-          <t>1881 - 1881</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...2 lines deleted...]
-      <c r="H414" s="2"/>
+          <t>fusain, papier</t>
+        </is>
+      </c>
+      <c r="H414" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>47451</v>
+        <v>42971</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
+          <t>Etude académique : écorché debout, de dos</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>53432</v>
+        <v>42972</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Monument-fontaine en hommage au capitaine Louis Crespel</t>
+          <t>Caricature-Arlequin</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, fontaine, oeuvre d'art en espace public</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H416" s="2"/>
+          <t>papier, fusain, aquarelle, pastel</t>
+        </is>
+      </c>
+      <c r="H416" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>48278</v>
+        <v>42973</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Marché aux fleurs sur la Grand-Place de Bruxelles avec la Maison du Roi en construction</t>
+          <t>Etude : tête de fillette</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>52877</v>
+        <v>42974</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Affiche promotionnelle d'un gala organisé par la Société royale de la Grande Harmonie au théâtre royal de la Monnaie</t>
+          <t>Homme écrivant</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
-[...2 lines deleted...]
-      <c r="F418" s="2"/>
+          <t>1875 - 1925</t>
+        </is>
+      </c>
+      <c r="F418" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...2 lines deleted...]
-      <c r="H418" s="2"/>
+          <t>fusain, papier</t>
+        </is>
+      </c>
+      <c r="H418" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>66180</v>
+        <v>42977</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Chemin de ferme</t>
+          <t>Hastiere-par-dela</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>68174</v>
+        <v>51474</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Canne du bourgmestre Adolphe Max (1869-1939)</t>
+          <t>Buste du général-major Brialmont </t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1875 - 1899</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
-          <t>canne</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H420" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>76380</v>
+        <v>52236</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
+          <t>Le parc du Cinquantenaire</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1915</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H421" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>73036</v>
+        <v>76415</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Casque commémoratif du commandant Victor Rauter</t>
+          <t>Femme assise dans un intérieur </t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
-          <t>Commune d’Anderlecht</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1880 - 1930</t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, verre</t>
-[...2 lines deleted...]
-      <c r="H422" s="2"/>
+          <t>papier photographique, carton</t>
+        </is>
+      </c>
+      <c r="H422" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>48566</v>
+        <v>52921</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Guillaume des Marez</t>
+          <t>Portrait du bourgmestre Charles Buls</t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
-          <t>1899 - 1931</t>
-[...3 lines deleted...]
-      <c r="G423" s="2"/>
+          <t>1881 - 1881</t>
+        </is>
+      </c>
+      <c r="F423" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G423" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H423" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
-        <v>68176</v>
+        <v>49444</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
-          <t>Coupe-papier Manneken-Pis </t>
+          <t>Jeune garçon avec des fleurs entre les mains, assis sur le sol</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
+          <t>1881 - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
-          <t>objet pour écrire ou de bureau</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
-[...2 lines deleted...]
-      <c r="H424" s="2"/>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
+      <c r="H424" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>68178</v>
+        <v>47451</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>10 vignettes de boîtes d'allumettes à l'effigie de Manneken-Pis</t>
+          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H425" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="H425" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>76383</v>
+        <v>53432</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme : Philippe Schott ? </t>
+          <t>Monument-fontaine en hommage au capitaine Louis Crespel</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Ixelles</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>monument commémoratif, fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H426" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>76385</v>
+        <v>48278</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott</t>
+          <t>Marché aux fleurs sur la Grand-Place de Bruxelles avec la Maison du Roi en construction</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1887 - </t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H427" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>76398</v>
+        <v>52877</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>Femme tenant un bébé </t>
+          <t>Affiche promotionnelle d'un gala organisé par la Société royale de la Grande Harmonie au théâtre royal de la Monnaie</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
-[...6 lines deleted...]
-      </c>
+          <t>1888 - </t>
+        </is>
+      </c>
+      <c r="F428" s="2"/>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H428" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>76411</v>
+        <v>48531</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott au chapeau </t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas) </t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F429" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G429" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H429" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>56683</v>
+        <v>48534</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Affiche figurant un combat devant la Maison du Roi en flammes</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
-          <t>estampe, affiche</t>
-[...3 lines deleted...]
-      <c r="H430" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G430" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H430" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>65154</v>
+        <v>66180</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Plan des façades de la nouvelle Justice de Paix à Laeken </t>
+          <t>Chemin de ferme</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>48577</v>
+        <v>53014</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Cinq photographies du concours d’honneur 1890 Jeu de balle au tamis</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, papier photographique</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>48578</v>
+        <v>68174</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Canne du bourgmestre Adolphe Max (1869-1939)</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>canne</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H433" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>48579</v>
+        <v>48546</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>La tribune royale lors d’une partie de balle au tamis avec Léopold II</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1891 - 1909</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H434" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>76416</v>
+        <v>76380</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Femme assise devant une cheminée</t>
+          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1895 - 1915</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>52701</v>
+        <v>73036</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>Coupe du Comité Néerlandais de Bruxelles Port de Mer</t>
+          <t>Casque commémoratif du commandant Victor Rauter</t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d’Anderlecht</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E436" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>bronze, marbre, verre</t>
         </is>
       </c>
       <c r="H436" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>79352</v>
+        <v>48566</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>Hommage au soldat inconnu.</t>
+          <t>Portrait de Guillaume des Marez</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D437" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E437" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1899 - 1931</t>
+        </is>
+      </c>
+      <c r="F437" s="2"/>
       <c r="G437" s="2"/>
       <c r="H437" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>82106</v>
+        <v>56683</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à Paul Deschanel</t>
+          <t>Affiche figurant un combat devant la Maison du Roi en flammes</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
-[...11 lines deleted...]
-      </c>
+          <t>estampe, affiche</t>
+        </is>
+      </c>
+      <c r="G438" s="2"/>
+      <c r="H438" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>36860</v>
+        <v>68176</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max et le roi Albert Ier</t>
+          <t>Coupe-papier Manneken-Pis </t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1934</t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F439" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objet pour écrire ou de bureau</t>
         </is>
       </c>
       <c r="G439" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>métal</t>
+        </is>
+      </c>
+      <c r="H439" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>49482</v>
+        <v>68178</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>La parade d'investiture de Léopold II, rue Neuve</t>
+          <t>10 vignettes de boîtes d'allumettes à l'effigie de Manneken-Pis</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E440" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G440" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H440" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>51661</v>
+        <v>76383</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Sainte Gudule</t>
+          <t>Portrait d'homme : Philippe Schott ? </t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E441" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H441" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H441" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>79756</v>
+        <v>76385</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Charles Viane.</t>
+          <t>Portrait de Philippe Schott</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D442" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E442" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G442" s="2"/>
-      <c r="H442" s="2"/>
+      <c r="G442" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H442" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>76392</v>
+        <v>76398</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Femme devant le Casino-Kursaal d'Ostende</t>
+          <t>Femme tenant un bébé </t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>48691</v>
+        <v>76411</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Lucien Cooremans</t>
+          <t>Portrait de Philippe Schott au chapeau </t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D444" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E444" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...4 lines deleted...]
-      <c r="H444" s="2"/>
+          <t>1900 - 1920</t>
+        </is>
+      </c>
+      <c r="F444" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G444" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H444" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>48692</v>
+        <v>65154</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Lucien Cooremans</t>
+          <t>Plan des façades de la nouvelle Justice de Paix à Laeken </t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E445" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...4 lines deleted...]
-      <c r="H445" s="2"/>
+          <t>1906 - </t>
+        </is>
+      </c>
+      <c r="F445" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G445" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H445" s="2" t="inlineStr">
+        <is>
+          <t>dessin, rehaussé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>76414</v>
+        <v>48577</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme assise </t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>48436</v>
+        <v>48578</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Statue de Manneken-Pis en deux morceaux</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Duquesnoy, Hieronymus (Jérôme)</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>53075</v>
+        <v>48579</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
-          <t>Truelle pour la pose de la première pierre du Centre Européen d'Importation </t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
-          <t>1979 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
-[...2 lines deleted...]
-      <c r="H448" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H448" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>52292</v>
+        <v>76416</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles</t>
+          <t>Femme assise devant une cheminée</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
-          <t>plan</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>101369</v>
+        <v>48545</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Pierre Kompany</t>
+          <t>Visite du roi Albert et de la reine Elisabeth lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
-[...2 lines deleted...]
-      <c r="H450" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H450" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>49825</v>
+        <v>52701</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Grand vase de jardin polychrome</t>
+          <t>Coupe du Comité Néerlandais de Bruxelles Port de Mer</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D451" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E451" s="2" t="inlineStr">
         <is>
-          <t>? - </t>
-[...2 lines deleted...]
-      <c r="F451" s="2"/>
+          <t>1922 - </t>
+        </is>
+      </c>
+      <c r="F451" s="2" t="inlineStr">
+        <is>
+          <t>trophée</t>
+        </is>
+      </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H451" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>95120</v>
+        <v>79352</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Hommage au soldat inconnu.</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D452" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E452" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
-[...11 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G452" s="2"/>
+      <c r="H452" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>95220</v>
+        <v>82106</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Plaque commémorative à Paul Deschanel</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E453" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G453" s="2"/>
+          <t>plaque commémorative</t>
+        </is>
+      </c>
+      <c r="G453" s="2" t="inlineStr">
+        <is>
+          <t>marbre</t>
+        </is>
+      </c>
       <c r="H453" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>95221</v>
+        <v>53015</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Huit photographies du championnat de Belgique de jeu de balle 1926 pour amateurs</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F454" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G454" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G454" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>95222</v>
+        <v>36860</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Adolphe Max et le roi Albert Ier</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1930 - 1934</t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G455" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H455" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>95223</v>
+        <v>49482</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>La parade d'investiture de Léopold II, rue Neuve</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D456" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E456" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>95224</v>
+        <v>51661</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Sainte Gudule</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D457" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E457" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>peinture, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H457" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>95363</v>
+        <v>53013</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Six photos de la visite du roi Léopold III à la société Royale de jeu de balles du Sablon</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D458" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E458" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
-[...2 lines deleted...]
-      <c r="G458" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G458" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
+        <v>48530</v>
+      </c>
+      <c r="B459" s="2" t="inlineStr">
+        <is>
+          <t>Le roi Léopold III et la Société royale du jeu de balle du Sablon</t>
+        </is>
+      </c>
+      <c r="C459" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D459" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E459" s="2" t="inlineStr">
+        <is>
+          <t>1938 - </t>
+        </is>
+      </c>
+      <c r="F459" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G459" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H459" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
+      <c r="A460" s="1" t="n">
+        <v>79756</v>
+      </c>
+      <c r="B460" s="2" t="inlineStr">
+        <is>
+          <t>Charles Viane.</t>
+        </is>
+      </c>
+      <c r="C460" s="2" t="inlineStr">
+        <is>
+          <t>Commune d'Uccle</t>
+        </is>
+      </c>
+      <c r="D460" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E460" s="2" t="inlineStr">
+        <is>
+          <t>1943 - </t>
+        </is>
+      </c>
+      <c r="F460" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G460" s="2"/>
+      <c r="H460" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
+      <c r="A461" s="1" t="n">
+        <v>76392</v>
+      </c>
+      <c r="B461" s="2" t="inlineStr">
+        <is>
+          <t>Femme devant le Casino-Kursaal d'Ostende</t>
+        </is>
+      </c>
+      <c r="C461" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D461" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E461" s="2" t="inlineStr">
+        <is>
+          <t>1950 - 1960</t>
+        </is>
+      </c>
+      <c r="F461" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G461" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H461" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
+      <c r="A462" s="1" t="n">
+        <v>48537</v>
+      </c>
+      <c r="B462" s="2" t="inlineStr">
+        <is>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis au Sablon</t>
+        </is>
+      </c>
+      <c r="C462" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D462" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E462" s="2" t="inlineStr">
+        <is>
+          <t>1955 - 1965</t>
+        </is>
+      </c>
+      <c r="F462" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G462" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H462" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
+      <c r="A463" s="1" t="n">
+        <v>48538</v>
+      </c>
+      <c r="B463" s="2" t="inlineStr">
+        <is>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis</t>
+        </is>
+      </c>
+      <c r="C463" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D463" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
+        </is>
+      </c>
+      <c r="E463" s="2" t="inlineStr">
+        <is>
+          <t>1955 - 1965</t>
+        </is>
+      </c>
+      <c r="F463" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G463" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H463" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
+      <c r="A464" s="1" t="n">
+        <v>48536</v>
+      </c>
+      <c r="B464" s="2" t="inlineStr">
+        <is>
+          <t>Visite du Roi au jeu de balles</t>
+        </is>
+      </c>
+      <c r="C464" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D464" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E464" s="2" t="inlineStr">
+        <is>
+          <t>1956 - </t>
+        </is>
+      </c>
+      <c r="F464" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G464" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H464" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
+      <c r="A465" s="1" t="n">
+        <v>48691</v>
+      </c>
+      <c r="B465" s="2" t="inlineStr">
+        <is>
+          <t>Portrait du bourgmestre Lucien Cooremans</t>
+        </is>
+      </c>
+      <c r="C465" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D465" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E465" s="2" t="inlineStr">
+        <is>
+          <t>1962 - </t>
+        </is>
+      </c>
+      <c r="F465" s="2"/>
+      <c r="G465" s="2"/>
+      <c r="H465" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
+      <c r="A466" s="1" t="n">
+        <v>48692</v>
+      </c>
+      <c r="B466" s="2" t="inlineStr">
+        <is>
+          <t>Portrait du bourgmestre Lucien Cooremans</t>
+        </is>
+      </c>
+      <c r="C466" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D466" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E466" s="2" t="inlineStr">
+        <is>
+          <t>1962 - </t>
+        </is>
+      </c>
+      <c r="F466" s="2"/>
+      <c r="G466" s="2"/>
+      <c r="H466" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
+      <c r="A467" s="1" t="n">
+        <v>76414</v>
+      </c>
+      <c r="B467" s="2" t="inlineStr">
+        <is>
+          <t>Portrait de femme assise </t>
+        </is>
+      </c>
+      <c r="C467" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D467" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E467" s="2" t="inlineStr">
+        <is>
+          <t>1964 - </t>
+        </is>
+      </c>
+      <c r="F467" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G467" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H467" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
+      <c r="A468" s="1" t="n">
+        <v>48436</v>
+      </c>
+      <c r="B468" s="2" t="inlineStr">
+        <is>
+          <t>Statue de Manneken-Pis en deux morceaux</t>
+        </is>
+      </c>
+      <c r="C468" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D468" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme ,  / Duquesnoy, Hieronymus (Jérôme)</t>
+        </is>
+      </c>
+      <c r="E468" s="2" t="inlineStr">
+        <is>
+          <t>1966 - </t>
+        </is>
+      </c>
+      <c r="F468" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G468" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H468" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
+      <c r="A469" s="1" t="n">
+        <v>53075</v>
+      </c>
+      <c r="B469" s="2" t="inlineStr">
+        <is>
+          <t>Truelle pour la pose de la première pierre du Centre Européen d'Importation </t>
+        </is>
+      </c>
+      <c r="C469" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D469" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E469" s="2" t="inlineStr">
+        <is>
+          <t>1979 - </t>
+        </is>
+      </c>
+      <c r="F469" s="2" t="inlineStr">
+        <is>
+          <t>objet commemoratif et distinctif</t>
+        </is>
+      </c>
+      <c r="G469" s="2" t="inlineStr">
+        <is>
+          <t>argent, bois</t>
+        </is>
+      </c>
+      <c r="H469" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
+      <c r="A470" s="1" t="n">
+        <v>52292</v>
+      </c>
+      <c r="B470" s="2" t="inlineStr">
+        <is>
+          <t>Plan de Bruxelles</t>
+        </is>
+      </c>
+      <c r="C470" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D470" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E470" s="2" t="inlineStr">
+        <is>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F470" s="2" t="inlineStr">
+        <is>
+          <t>plan</t>
+        </is>
+      </c>
+      <c r="G470" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H470" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
+      <c r="A471" s="1" t="n">
+        <v>101369</v>
+      </c>
+      <c r="B471" s="2" t="inlineStr">
+        <is>
+          <t>Portrait de Pierre Kompany</t>
+        </is>
+      </c>
+      <c r="C471" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D471" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E471" s="2" t="inlineStr">
+        <is>
+          <t>2018 - </t>
+        </is>
+      </c>
+      <c r="F471" s="2" t="inlineStr">
+        <is>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G471" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
+      <c r="H471" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
+      <c r="A472" s="1" t="n">
+        <v>49825</v>
+      </c>
+      <c r="B472" s="2" t="inlineStr">
+        <is>
+          <t>Grand vase de jardin polychrome</t>
+        </is>
+      </c>
+      <c r="C472" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D472" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E472" s="2" t="inlineStr">
+        <is>
+          <t>? - </t>
+        </is>
+      </c>
+      <c r="F472" s="2"/>
+      <c r="G472" s="2" t="inlineStr">
+        <is>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H472" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
+      <c r="A473" s="1" t="n">
         <v>101286</v>
       </c>
-      <c r="B459" s="2" t="inlineStr">
+      <c r="B473" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
-      <c r="C459" s="2" t="inlineStr">
+      <c r="C473" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D459" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E459" s="2" t="inlineStr">
+      <c r="D473" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E473" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F459" s="2" t="inlineStr">
+      <c r="F473" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G459" s="2"/>
-      <c r="H459" s="2" t="inlineStr">
+      <c r="G473" s="2"/>
+      <c r="H473" s="2" t="inlineStr">
         <is>
           <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
+      <c r="A474" s="1" t="n">
+        <v>95120</v>
+      </c>
+      <c r="B474" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C474" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D474" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E474" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F474" s="2" t="inlineStr">
+        <is>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G474" s="2" t="inlineStr">
+        <is>
+          <t>cire</t>
+        </is>
+      </c>
+      <c r="H474" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
+      <c r="A475" s="1" t="n">
+        <v>95220</v>
+      </c>
+      <c r="B475" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C475" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D475" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E475" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F475" s="2" t="inlineStr">
+        <is>
+          <t>gravure</t>
+        </is>
+      </c>
+      <c r="G475" s="2"/>
+      <c r="H475" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
+      <c r="A476" s="1" t="n">
+        <v>95221</v>
+      </c>
+      <c r="B476" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C476" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D476" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E476" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F476" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G476" s="2"/>
+      <c r="H476" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
+      <c r="A477" s="1" t="n">
+        <v>95222</v>
+      </c>
+      <c r="B477" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C477" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D477" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E477" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F477" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G477" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H477" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
+      <c r="A478" s="1" t="n">
+        <v>95223</v>
+      </c>
+      <c r="B478" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C478" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D478" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E478" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F478" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G478" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H478" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
+      <c r="A479" s="1" t="n">
+        <v>95224</v>
+      </c>
+      <c r="B479" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C479" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D479" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E479" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F479" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G479" s="2" t="inlineStr">
+        <is>
+          <t>peinture, papier</t>
+        </is>
+      </c>
+      <c r="H479" s="2" t="inlineStr">
+        <is>
+          <t>collé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
+      <c r="A480" s="1" t="n">
+        <v>95363</v>
+      </c>
+      <c r="B480" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C480" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D480" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E480" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F480" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G480" s="2"/>
+      <c r="H480" s="2" t="inlineStr">
+        <is>
+          <t>collé</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>