--- v1 (2026-01-23)
+++ v2 (2026-03-13)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H480"/>
+  <dimension ref="A1:H482"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,5067 +179,5067 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39713</v>
+        <v>49438</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Danseuses aux nénuphars</t>
+          <t>Paysage avec une ferme, des arbres tétards (trognes) et un cours d'eau</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39727</v>
+        <v>49439</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Sous les tropiques</t>
+          <t>Petite bacchante</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39748</v>
+        <v>51519</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Première pose</t>
+          <t>Saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39762</v>
+        <v>49440</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Paysage avec arbres et village</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>buste</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39782</v>
+        <v>49443</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le Vicomte Terlinden</t>
+          <t>Paysage de Provence</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique photographique, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39790</v>
+        <v>51522</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Soldats avec jumelles</t>
+          <t>Saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>38571</v>
+        <v>49445</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>Portrait de profil d'un jeune garçon</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>39833</v>
+        <v>49477</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Putti</t>
+          <t>Portrait d'un homme à la barbe grise</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>38619</v>
+        <v>51534</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Chaussée de Haecht</t>
+          <t>Pélican</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>39903</v>
+        <v>49855</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>David d'après Verrocchio</t>
+          <t>Terrine : tête de sanglier</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>38628</v>
+        <v>49863</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Senèque</t>
+          <t>Terrine : tête de sanglier et son surtout à feuilles de chêne</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E12" s="2"/>
-      <c r="F12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F12" s="2"/>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>41991</v>
+        <v>50642</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Marine</t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E13" s="2"/>
-      <c r="F13" s="2"/>
+      <c r="F13" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H13" s="2"/>
+          <t>encre noire, papier</t>
+        </is>
+      </c>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>lavis, dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>38713</v>
+        <v>51302</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Vue du Caire</t>
+          <t>Règlement d'un concours de Tir organisé en 1651 par la gilde des arches de Saint-Sébastien</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E14" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>41993</v>
+        <v>51555</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Paire battante de porte</t>
+          <t>Buste reliquaire de saint Otto</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E15" s="2"/>
-      <c r="F15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H15" s="2"/>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>laque</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>38714</v>
+        <v>51560</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Homme mangeant une tartine</t>
+          <t>Semelle de poutre : Pèlerin au rosaire</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>41994</v>
+        <v>39474</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Départ d'escalier</t>
+          <t>Monument aux agents morts pour la patrie</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Anonyme / Anoniem,  / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E17" s="2"/>
-      <c r="F17" s="2"/>
+      <c r="F17" s="2" t="inlineStr">
+        <is>
+          <t>relief, plaque commémorative</t>
+        </is>
+      </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H17" s="2"/>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H17" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>38763</v>
+        <v>39477</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Van Hove</t>
+          <t>Plaque commémorative Victor Michiels</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief, plaque commémorative</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>38844</v>
+        <v>39478</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Portrait de prélat</t>
+          <t>Plaque commémorative Jacques Brel</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief, plaque commémorative</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>38963</v>
+        <v>39480</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Le paysan et son cheval</t>
+          <t>Plaque commémorative Philippe Baucq</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, moulé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>38987</v>
+        <v>39559</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Soldat carabinier belge</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>39052</v>
+        <v>39566</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Charles-Louis Eenens</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>39053</v>
+        <v>39585</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Madame Eenens-Carlier</t>
+          <t>L'homme à la pipe</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>39221</v>
+        <v>39604</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Auguste Serrure</t>
+          <t>Plaque commémorative Eisenhower</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>39253</v>
+        <v>39681</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Auguste Serrure</t>
+          <t>Quai au blé à Gand</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>39255</v>
+        <v>39713</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Charles le Téméraire</t>
+          <t>Danseuses aux nénuphars</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>moulé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>39414</v>
+        <v>39727</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Monument à Skanderbeg</t>
+          <t>Sous les tropiques</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>statue, oeuvre d'art en espace public</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>39436</v>
+        <v>39748</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Première pose</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>39441</v>
+        <v>39762</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Ancienne ville de Siegen</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>39457</v>
+        <v>39782</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Peintre et paysage</t>
+          <t>Le Vicomte Terlinden</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>technique photographique, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>39459</v>
+        <v>39790</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Étang</t>
+          <t>Soldats avec jumelles</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>eau-forte</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>39474</v>
+        <v>38571</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Monument aux agents morts pour la patrie</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>39477</v>
+        <v>39833</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Victor Michiels</t>
+          <t>Putti</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>39478</v>
+        <v>38619</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Jacques Brel</t>
+          <t>Chaussée de Haecht</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>relief, plaque commémorative</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>39480</v>
+        <v>39903</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Philippe Baucq</t>
+          <t>David d'après Verrocchio</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>39559</v>
+        <v>38628</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Senèque</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>buste</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>39566</v>
+        <v>41991</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>Marine</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E37" s="2"/>
-      <c r="F37" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F37" s="2"/>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>39585</v>
+        <v>38713</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>L'homme à la pipe</t>
+          <t>Vue du Caire</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E38" s="2"/>
+      <c r="E38" s="2" t="inlineStr">
+        <is>
+          <t> - 1904</t>
+        </is>
+      </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>39604</v>
+        <v>41993</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative Eisenhower</t>
+          <t>Paire battante de porte</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E39" s="2"/>
-      <c r="F39" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F39" s="2"/>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>39681</v>
+        <v>38714</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Quai au blé à Gand</t>
+          <t>Homme mangeant une tartine</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>47244</v>
+        <v>41994</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Sujet religieux</t>
+          <t>Départ d'escalier</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme / Anoniem,  / Anonyme</t>
         </is>
       </c>
       <c r="E41" s="2"/>
-      <c r="F41" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F41" s="2"/>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>47245</v>
+        <v>38763</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Jésus chasse les marchands du temple</t>
+          <t>Portrait de Madame Van Hove</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>47247</v>
+        <v>38844</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Tête de Christ mort</t>
+          <t>Portrait de prélat</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>46545</v>
+        <v>38963</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Le canal et l'Allée verte</t>
+          <t>Le paysan et son cheval</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture, moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>42652</v>
+        <v>38987</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant avec sainte Catherine et sainte Barbe</t>
+          <t>Soldat carabinier belge</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>46676</v>
+        <v>39052</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Charles-Louis Eenens</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>46677</v>
+        <v>39053</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Scène de bataille</t>
+          <t>Madame Eenens-Carlier</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>46683</v>
+        <v>39221</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>La conversion de saint Paul</t>
+          <t>Auguste Serrure</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>53077</v>
+        <v>39253</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Trophée : prix du jeu de balles gagné par Genot</t>
+          <t>Auguste Serrure</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage, gravure en relief sur métal</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>53103</v>
+        <v>39255</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Boîte à thé</t>
+          <t>Charles le Téméraire</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>boite</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>étain</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>martelé</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>67384</v>
+        <v>39414</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme </t>
+          <t>Monument à Skanderbeg</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>67390</v>
+        <v>39436</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Dindon </t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>51623</v>
+        <v>39441</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Ancienne ville de Siegen</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>51663</v>
+        <v>39457</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Lion cracheur</t>
+          <t>Peintre et paysage</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H54" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H54" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>51832</v>
+        <v>39459</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Fragment de cheminée : tête</t>
+          <t>Étang</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H55" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H55" s="2" t="inlineStr">
+        <is>
+          <t>eau-forte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>51834</v>
+        <v>67384</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Mufle cracheur</t>
+          <t>Buste de femme </t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H56" s="2"/>
+          <t>papier, crayon noir</t>
+        </is>
+      </c>
+      <c r="H56" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>51936</v>
+        <v>51623</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>L'Adoration des mages</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>bois, plâtre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>52078</v>
+        <v>51663</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les travaux de la jonction Nord-Midi</t>
+          <t>Lion cracheur</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...2 lines deleted...]
-      <c r="G58" s="2"/>
+          <t>statue</t>
+        </is>
+      </c>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>plâtre</t>
+        </is>
+      </c>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>76538</v>
+        <v>51721</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Infuseur ou passe-thé en argent ? </t>
+          <t>Notre-Dame de Bon Secours</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>objets lié à la consommation des aliments ou des boissons</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>79041</v>
+        <v>51832</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>L'Homme en bleu</t>
+          <t>Fragment de cheminée : tête</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>79042</v>
+        <v>51834</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Charles Hermans, enfant.</t>
+          <t>Mufle cracheur</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>79348</v>
+        <v>51936</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Au Vieux Roi d'Espagne.</t>
+          <t>L'Adoration des mages</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>gouache</t>
-[...2 lines deleted...]
-      <c r="H62" s="2"/>
+          <t>bois, plâtre</t>
+        </is>
+      </c>
+      <c r="H62" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>79355</v>
+        <v>52078</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
+          <t>Les travaux de la jonction Nord-Midi</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E63" s="2"/>
-      <c r="F63" s="2"/>
+      <c r="F63" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>79359</v>
+        <v>53077</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Charles Hermans et sa sœur</t>
+          <t>Trophée : prix du jeu de balles gagné par Genot</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H64" s="2"/>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H64" s="2" t="inlineStr">
+        <is>
+          <t>technique de repoussage, gravure en relief sur métal</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>79365</v>
+        <v>53103</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Place Saint-Marc à Venise</t>
+          <t>Boîte à thé</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...2 lines deleted...]
-      <c r="G65" s="2"/>
+          <t>boite</t>
+        </is>
+      </c>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>étain</t>
+        </is>
+      </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>79476</v>
+        <v>46677</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Place Saint Job - Carte 1917 Carloo.</t>
+          <t>Scène de bataille</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>cartes géographique</t>
-[...3 lines deleted...]
-      <c r="H66" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G66" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H66" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>79515</v>
+        <v>46683</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>La conversion de saint Paul</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>plomb</t>
-[...2 lines deleted...]
-      <c r="H67" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H67" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>79516</v>
+        <v>47244</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Angelot.</t>
+          <t>Sujet religieux</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>plomb</t>
-[...2 lines deleted...]
-      <c r="H68" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H68" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>79618</v>
+        <v>47245</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Ferme près de Kamerdelle.</t>
+          <t>Jésus chasse les marchands du temple</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
-[...2 lines deleted...]
-      <c r="H69" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H69" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>79625</v>
+        <v>47247</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Cerisier Uccle. </t>
+          <t>Tête de Christ mort</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E70" s="2"/>
-      <c r="F70" s="2"/>
+      <c r="F70" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>79689</v>
+        <v>46545</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Le plateau Avijl vers 1970.</t>
+          <t>Le canal et l'Allée verte</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...3 lines deleted...]
-      <c r="H71" s="2"/>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G71" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H71" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>79699</v>
+        <v>42652</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme.</t>
+          <t>Vierge à l'Enfant avec sainte Catherine et sainte Barbe</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E72" s="2"/>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H72" s="2"/>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H72" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>79700</v>
+        <v>46676</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Anonyme,  / Inconnu</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E73" s="2"/>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>sculpture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H73" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H73" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>79743</v>
+        <v>79618</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Le Pavillon Louis XV.</t>
+          <t>Ferme près de Kamerdelle.</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E74" s="2"/>
-      <c r="F74" s="2"/>
-      <c r="G74" s="2"/>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>93448</v>
+        <v>79625</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Nature morte (fruits, plateau, verre)</t>
+          <t>Cerisier Uccle. </t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E75" s="2"/>
-      <c r="F75" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F75" s="2"/>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>93546</v>
+        <v>79689</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Province de Malaga</t>
+          <t>Le plateau Avijl vers 1970.</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...11 lines deleted...]
-      </c>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>93806</v>
+        <v>79699</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Nuages sur la dune</t>
+          <t>Tête de femme.</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>70317</v>
+        <v>79700</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Esclave</t>
+          <t>Jeune fille de 14 ans, sœur de Mlle Dussart.</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public -  Uccle</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>fonte</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>71240</v>
+        <v>79743</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Deux broderies sur papier : oiseau et bouquet de fleurs</t>
+          <t>Le Pavillon Louis XV.</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E79" s="2"/>
-      <c r="F79" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>98215</v>
+        <v>67390</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Étude pour une brouette avec sac</t>
+          <t>Dindon </t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>98521</v>
+        <v>93448</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Nature morte (fruits, plateau, verre)</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>98523</v>
+        <v>93546</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Etude : portrait de femme de profil</t>
+          <t>Province de Malaga</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>encre de chine, papier</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>48833</v>
+        <v>93806</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Marché aux Puces place du Jeu de Balle dans les Marolles</t>
+          <t>Nuages sur la dune</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>eau-forte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>49228</v>
+        <v>70317</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
+          <t>Esclave</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public -  Uccle</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>fonte</t>
+        </is>
+      </c>
+      <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>48540</v>
+        <v>71240</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Balle au tamis au Sablon - lutte entre Mazy et Tamines</t>
+          <t>Deux broderies sur papier : oiseau et bouquet de fleurs</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Le Soir Bruxelles,  / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objet de confection textile</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>encre, parchemin</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>48541</v>
+        <v>98215</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Visite du Roi au jeu de balles</t>
+          <t>Étude pour une brouette avec sac</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>48906</v>
+        <v>98521</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Enseigne avec vache noire et blanche</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E87" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>49230</v>
+        <v>98523</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Portrait de François-Jean Dansaert lisant (1760-1798)</t>
+          <t>Etude : portrait de femme de profil</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>48542</v>
+        <v>76538</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Visite du roi Albert et du prince Léopold lors d'une rencontre de balle au tamis</t>
+          <t>Infuseur ou passe-thé en argent ? </t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E89" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E89" s="2"/>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objets lié à la consommation des aliments ou des boissons</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>48914</v>
+        <v>79041</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Paysage dans le style de Teniers</t>
+          <t>L'Homme en bleu</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H90" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>49231</v>
+        <v>79042</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Antony-Félix-François-Charles Dansaert (1840-1900)</t>
+          <t>Charles Hermans, enfant.</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H91" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>48543</v>
+        <v>79355</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Balle au tamis</t>
+          <t>Inauguration du Monument aux Morts (ensemble de 8 photos).</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E92" s="2"/>
-      <c r="F92" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>49276</v>
+        <v>79359</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Le faucheur</t>
+          <t>Portrait de Charles Hermans et sa sœur</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H93" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>48544</v>
+        <v>79365</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis</t>
+          <t>Place Saint-Marc à Venise</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G94" s="2"/>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>49277</v>
+        <v>79476</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe IV, roi d'Espagne</t>
+          <t>Place Saint Job - Carte 1917 Carloo.</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...11 lines deleted...]
-      </c>
+          <t>cartes géographique</t>
+        </is>
+      </c>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>49280</v>
+        <v>79515</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Le Christ portant la croix</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>plomb</t>
+        </is>
+      </c>
+      <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>49281</v>
+        <v>79516</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Le Christ mort pleuré par deux anges</t>
+          <t>Angelot.</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme,  / Inconnu</t>
         </is>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>sculpture</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>plomb</t>
+        </is>
+      </c>
+      <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>48976</v>
+        <v>47370</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Putti faisant des bulles de savon</t>
+          <t>Moine recevant un calice</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>49303</v>
+        <v>48529</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vase avec fleurs violettes</t>
+          <t>Joueurs de balle au tamis - championnat de deuxième catégorie</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>49304</v>
+        <v>48532</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Pré avec deux vaches couchées</t>
+          <t>Comité d'une société de jeu de balle</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>49305</v>
+        <v>48533</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Singe de kermesse</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>49306</v>
+        <v>47490</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un prêtre</t>
+          <t>Portrait de Anne-Marie-Jeanne Dansaert, née Engels (1782-1853)</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>49307</v>
+        <v>48535</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Tête d'une femme égyptienne</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>49308</v>
+        <v>47562</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>La conversation</t>
+          <t>Fille de paysan</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>47292</v>
+        <v>48539</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Étude d'une tête de femme</t>
+          <t>Balle au tamis au Sablon - Phase de livrée</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>49309</v>
+        <v>48540</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Paysage de forêt</t>
+          <t>Balle au tamis au Sablon - lutte entre Mazy et Tamines</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Le Soir Bruxelles,  / Anonyme</t>
         </is>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>49000</v>
+        <v>48541</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec une fête de village, dans le style de Teniers</t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>49310</v>
+        <v>48542</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux poires</t>
+          <t>Visite du roi Albert et du prince Léopold lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E108" s="2"/>
+      <c r="E108" s="2" t="inlineStr">
+        <is>
+          <t> - 1933</t>
+        </is>
+      </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>47299</v>
+        <v>48543</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Le moulin Poxcal ou Aamolen à Anderlecht</t>
+          <t>Balle au tamis</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E109" s="2"/>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>49428</v>
+        <v>48544</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Portrait de famille</t>
+          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E110" s="2"/>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>49429</v>
+        <v>47292</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une femme en robe rouge</t>
+          <t>Étude d'une tête de femme</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H111" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H111" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>49431</v>
+        <v>47299</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Vue de la mer avec des bateaux en premier plan</t>
+          <t>Le moulin Poxcal ou Aamolen à Anderlecht</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E112" s="2"/>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>49432</v>
+        <v>48914</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une dame âgée</t>
+          <t>Paysage dans le style de Teniers</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>49433</v>
+        <v>49231</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un vieil homme en habits noirs</t>
+          <t>Portrait de Antony-Félix-François-Charles Dansaert (1840-1900)</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>47370</v>
+        <v>49276</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Moine recevant un calice</t>
+          <t>Le faucheur</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E115" s="2"/>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>49097</v>
+        <v>49277</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Étude de six têtes</t>
+          <t>Portrait de Philippe IV, roi d'Espagne</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>49436</v>
+        <v>49280</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une jeune fille</t>
+          <t>Le Christ portant la croix</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E117" s="2"/>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>49098</v>
+        <v>49281</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Descente de croix</t>
+          <t>Le Christ mort pleuré par deux anges</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E118" s="2"/>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>49437</v>
+        <v>48976</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Scène du Moyen Âge dans une ville allemande</t>
+          <t>Putti faisant des bulles de savon</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E119" s="2"/>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>48529</v>
+        <v>49303</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Joueurs de balle au tamis - championnat de deuxième catégorie</t>
+          <t>Vase avec fleurs violettes</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>49102</v>
+        <v>49304</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>La fileuse</t>
+          <t>Pré avec deux vaches couchées</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E121" s="2"/>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>49104</v>
+        <v>49305</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Minerve</t>
+          <t>Singe de kermesse</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E122" s="2"/>
       <c r="F122" s="2" t="inlineStr">
         <is>
-          <t>tableau, pare-feu</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>48532</v>
+        <v>49306</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Comité d'une société de jeu de balle</t>
+          <t>Portrait d'un prêtre</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>48533</v>
+        <v>49307</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
+          <t>Tête d'une femme égyptienne</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>47490</v>
+        <v>49308</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Anne-Marie-Jeanne Dansaert, née Engels (1782-1853)</t>
+          <t>La conversation</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>48592</v>
+        <v>49309</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>La tour Anneessens, première enceinte de Bruxelles</t>
+          <t>Paysage de forêt</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E126" s="2"/>
-      <c r="F126" s="2"/>
-[...1 lines deleted...]
-      <c r="H126" s="2"/>
+      <c r="F126" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G126" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H126" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>48535</v>
+        <v>49000</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Visite du roi Léopold II lors d'une rencontre de balle au tamis au Sablon</t>
+          <t>Paysage avec une fête de village, dans le style de Teniers</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>47562</v>
+        <v>49310</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Fille de paysan</t>
+          <t>Nature morte aux poires</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E128" s="2"/>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>49167</v>
+        <v>49428</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Vue de l'ancienne Porte de Hal</t>
+          <t>Portrait de famille</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E129" s="2"/>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>48675</v>
+        <v>49429</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Résumé de l'histoire de Belgique entre 448 et 1847. Fastes historiques, généalogiques et chronologiques de la Belgique</t>
+          <t>Portrait d'une femme en robe rouge</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E130" s="2"/>
       <c r="F130" s="2" t="inlineStr">
         <is>
-          <t>album</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>papier, gouache, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>48539</v>
+        <v>49431</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Balle au tamis au Sablon - Phase de livrée</t>
+          <t>Vue de la mer avec des bateaux en premier plan</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Le Soir Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E131" s="2"/>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>51534</v>
+        <v>49432</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Pélican</t>
+          <t>Portrait d'une dame âgée</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
-          <t>doré</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>49855</v>
+        <v>49433</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Terrine : tête de sanglier</t>
+          <t>Portrait d'un vieil homme en habits noirs</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E133" s="2"/>
-      <c r="F133" s="2"/>
+      <c r="F133" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...2 lines deleted...]
-      <c r="H133" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H133" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>49863</v>
+        <v>49097</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Terrine : tête de sanglier et son surtout à feuilles de chêne</t>
+          <t>Étude de six têtes</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E134" s="2"/>
-      <c r="F134" s="2"/>
+      <c r="F134" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...2 lines deleted...]
-      <c r="H134" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H134" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>50642</v>
+        <v>49436</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg après l'incendie de 1731</t>
+          <t>Portrait d'une jeune fille</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>lavis, dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>51302</v>
+        <v>49098</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Règlement d'un concours de Tir organisé en 1651 par la gilde des arches de Saint-Sébastien</t>
+          <t>Descente de croix</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E136" s="2"/>
-      <c r="F136" s="2"/>
+      <c r="F136" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>51555</v>
+        <v>49437</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Buste reliquaire de saint Otto</t>
+          <t>Scène du Moyen Âge dans une ville allemande</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E137" s="2"/>
       <c r="F137" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>laque</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>51560</v>
+        <v>49102</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Semelle de poutre : Pèlerin au rosaire</t>
+          <t>La fileuse</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>49438</v>
+        <v>49104</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec une ferme, des arbres tétards (trognes) et un cours d'eau</t>
+          <t>Minerve</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>tableau, pare-feu</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>49439</v>
+        <v>48592</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Petite bacchante</t>
+          <t>La tour Anneessens, première enceinte de Bruxelles</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E140" s="2"/>
-      <c r="F140" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F140" s="2"/>
+      <c r="G140" s="2"/>
+      <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>51519</v>
+        <v>49167</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean-Baptiste</t>
+          <t>Vue de l'ancienne Porte de Hal</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H141" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H141" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>49440</v>
+        <v>48675</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec arbres et village</t>
+          <t>Résumé de l'histoire de Belgique entre 448 et 1847. Fastes historiques, généalogiques et chronologiques de la Belgique</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>album</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, gouache, encre</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>coloriage, gravure rehaussée</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>49443</v>
+        <v>48833</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Paysage de Provence</t>
+          <t>Marché aux Puces place du Jeu de Balle dans les Marolles</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>51522</v>
+        <v>49228</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean-Baptiste</t>
+          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H144" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H144" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>49445</v>
+        <v>48906</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Portrait de profil d'un jeune garçon</t>
+          <t>Enseigne avec vache noire et blanche</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
-      <c r="E145" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="E145" s="2" t="inlineStr">
+        <is>
+          <t> - 1900</t>
+        </is>
+      </c>
+      <c r="F145" s="2"/>
       <c r="G145" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>49477</v>
+        <v>49230</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme à la barbe grise</t>
+          <t>Portrait de François-Jean Dansaert lisant (1760-1798)</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G146" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
@@ -5299,215 +5299,215 @@
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1300 - 1399</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G148" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>51625</v>
+        <v>51565</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Saint Jean au Calvaire</t>
+          <t>Quatre apôtres pendant la Cène</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G149" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>51550</v>
+        <v>51520</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Vierge en Majesté</t>
+          <t>Saint Antoine l'Ermite</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>51565</v>
+        <v>51521</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Quatre apôtres pendant la Cène</t>
+          <t>Saint Evêque</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>51520</v>
+        <v>51550</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Saint Antoine l'Ermite</t>
+          <t>Vierge en Majesté</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>51521</v>
+        <v>51625</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Saint Evêque</t>
+          <t>Saint Jean au Calvaire</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1400 - 1499</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
           <t>bois</t>
@@ -5539,505 +5539,505 @@
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1490 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>retable</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>chêne</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>46680</v>
+        <v>51488</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Foule implorante</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>46685</v>
+        <v>51495</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Descente de Croix</t>
+          <t>Saint Sébastien</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>52699</v>
+        <v>51512</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Grand plat rond : Adam et Eve</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
-          <t>plat</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>51613</v>
+        <v>51529</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Denis de Paris</t>
+          <t>Piéta</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>51532</v>
+        <v>51530</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Saint Sébastien</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G159" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H159" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H159" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture, peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>51543</v>
+        <v>51532</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Vierge sur un croissant de lune</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>51551</v>
+        <v>51543</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>La Dernière Cène</t>
+          <t>Vierge sur un croissant de lune</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H161" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>51488</v>
+        <v>51551</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>La Dernière Cène</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>51495</v>
+        <v>51613</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Saint Sébastien</t>
+          <t>Denis de Paris</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
-      <c r="H163" s="2"/>
+      <c r="H163" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>51512</v>
+        <v>52699</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Grand plat rond : Adam et Eve</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>plat</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H164" s="2"/>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H164" s="2" t="inlineStr">
+        <is>
+          <t>doré, ciselé, martelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>51529</v>
+        <v>46680</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Piéta</t>
+          <t>Foule implorante</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H165" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H165" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>51530</v>
+        <v>46685</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Saint Sébastien</t>
+          <t>Descente de Croix</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1500 - 1599</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
         <v>78463</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
           <t>Bassin (fish bowl) de Chine de type fahua sur sellette en bois stuqué et doré</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1501 - 1600</t>
@@ -6511,1821 +6511,1821 @@
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1592 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G179" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>36906</v>
+        <v>51563</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
+          <t>Niche</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
-      <c r="F180" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F180" s="2"/>
       <c r="G180" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, étain, marbre</t>
+        </is>
+      </c>
+      <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>36791</v>
+        <v>51414</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Marie-Madeleine d'Autriche</t>
+          <t>Mauclair</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1625</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G181" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>46996</v>
+        <v>51564</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
+          <t>Petit Christ mutilé</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G182" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>47246</v>
+        <v>51463</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Lever du soleil</t>
+          <t>Cartouche de la Corporation des Bouchers</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Reni, Guido</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G183" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>47282</v>
+        <v>51610</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un vieillard</t>
+          <t>Sainte Catherine</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G184" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>47285</v>
+        <v>51611</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme</t>
+          <t>Saint Marc</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G185" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>46674</v>
+        <v>51612</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Paysage italien avec le Vésuve en arrière-plan</t>
+          <t>Vierge couronnée</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G186" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre</t>
+        </is>
+      </c>
+      <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>46678</v>
+        <v>51523</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Accueil d'un évêque par saint Pierre</t>
+          <t>Saint Roch</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G187" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H187" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>46748</v>
+        <v>51531</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Château de Wilrijk (Middelheim)</t>
+          <t>Saint Michel</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G188" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>52208</v>
+        <v>51535</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>La collégiale des Saints-Michel-et-Gudule</t>
+          <t>Sainte Véronique</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G189" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H189" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>65113</v>
+        <v>51536</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et formule de serment des bateliers </t>
+          <t>L'arbre de Jessé</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G190" s="2" t="inlineStr">
         <is>
-          <t>encre noire, parchemin</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>65629</v>
+        <v>51537</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Le village de Saint-Gilles</t>
+          <t>Bacchant</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G191" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>51624</v>
+        <v>51541</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Semelle de poutre : saint Paul</t>
+          <t>Vierge à l'Enfant</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G192" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>48950</v>
+        <v>50622</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Engelbert Taye</t>
+          <t>Portraits des archiducs Albert et  Isabelle, souverains des Pays-Bas du Sud</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G193" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>vernis, matière colorante, encre, papier</t>
         </is>
       </c>
       <c r="H193" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>gravure rehaussée, gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>47286</v>
+        <v>51545</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme avec rabat blanc</t>
+          <t>Adam</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G194" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H194" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>47287</v>
+        <v>51294</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une dame avec drapé rouge et guirlande de fleurs. Étude</t>
+          <t>Projet de façade, dans le style des maisons construites en pierre par les corporations</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G195" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, papier, encre</t>
         </is>
       </c>
       <c r="H195" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>48992</v>
+        <v>51557</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Les maîtres des pauvres ou des enfants trouvés et le Christ sur la croix</t>
+          <t>Le Christ déposé</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G196" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>47351</v>
+        <v>51558</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un moine</t>
+          <t>Angelot ailé</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G197" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>49086</v>
+        <v>51559</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>L'Hôtel de ville de Bruxelles</t>
+          <t>Angelot assis</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1799</t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G198" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>chêne</t>
+        </is>
+      </c>
+      <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>49087</v>
+        <v>51402</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Sainte Begge</t>
+          <t>Jupiter</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G199" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H199" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>49091</v>
+        <v>36906</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs dans un vase</t>
+          <t>Clavicorde avec le panorama de Bruxelles, depuis Scheut, peint sur l'intérieur du couvercle</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>instruments de musique</t>
         </is>
       </c>
       <c r="G200" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H200" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>49095</v>
+        <v>36791</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Portrait de Marie-Madeleine d'Autriche</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1625</t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G201" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H201" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>51535</v>
+        <v>51624</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Sainte Véronique</t>
+          <t>Semelle de poutre : saint Paul</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G202" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H202" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>51536</v>
+        <v>52208</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>L'arbre de Jessé</t>
+          <t>La collégiale des Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G203" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H203" s="2"/>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H203" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>51537</v>
+        <v>65113</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Bacchant</t>
+          <t>Christ en croix et formule de serment des bateliers </t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G204" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H204" s="2"/>
+          <t>encre noire, parchemin</t>
+        </is>
+      </c>
+      <c r="H204" s="2" t="inlineStr">
+        <is>
+          <t>lavis, rehaussé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>51541</v>
+        <v>65629</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l'Enfant</t>
+          <t>Le village de Saint-Gilles</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G205" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H205" s="2"/>
+          <t>crayon noir, papier</t>
+        </is>
+      </c>
+      <c r="H205" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>50622</v>
+        <v>46678</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Portraits des archiducs Albert et  Isabelle, souverains des Pays-Bas du Sud</t>
+          <t>Accueil d'un évêque par saint Pierre</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
-          <t>1600 - </t>
+          <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G206" s="2" t="inlineStr">
         <is>
-          <t>vernis, matière colorante, encre, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H206" s="2" t="inlineStr">
         <is>
-          <t>gravure rehaussée, gravure au burin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>51545</v>
+        <v>46748</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>Château de Wilrijk (Middelheim)</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G207" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H207" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>51294</v>
+        <v>46996</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Projet de façade, dans le style des maisons construites en pierre par les corporations</t>
+          <t>Le Haut Pont au Canal et la Porte du Rivage, vue extérieure </t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1799</t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G208" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, encre</t>
+          <t>parchemin, encre</t>
         </is>
       </c>
       <c r="H208" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>51557</v>
+        <v>47246</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Le Christ déposé</t>
+          <t>Lever du soleil</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / Reni, Guido</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G209" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H209" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H209" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>51558</v>
+        <v>47282</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Angelot ailé</t>
+          <t>Portrait d'un vieillard</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G210" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H210" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H210" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>51559</v>
+        <v>47285</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Angelot assis</t>
+          <t>Portrait d'un homme</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G211" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H211" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H211" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>51402</v>
+        <v>46674</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Jupiter</t>
+          <t>Paysage italien avec le Vésuve en arrière-plan</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G212" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H212" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>51563</v>
+        <v>47286</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Niche</t>
+          <t>Portrait d'un homme avec rabat blanc</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
-      <c r="F213" s="2"/>
+      <c r="F213" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G213" s="2" t="inlineStr">
         <is>
-          <t>bois, étain, marbre</t>
-[...2 lines deleted...]
-      <c r="H213" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H213" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>51414</v>
+        <v>47287</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Mauclair</t>
+          <t>Portrait d'une dame avec drapé rouge et guirlande de fleurs. Étude</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G214" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H214" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H214" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>51564</v>
+        <v>47351</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Petit Christ mutilé</t>
+          <t>Portrait d'un moine</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G215" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H215" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H215" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>51463</v>
+        <v>48950</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Cartouche de la Corporation des Bouchers</t>
+          <t>Portrait d'Engelbert Taye</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G216" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H216" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>51610</v>
+        <v>48992</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Sainte Catherine</t>
+          <t>Les maîtres des pauvres ou des enfants trouvés et le Christ sur la croix</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G217" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H217" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H217" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>51611</v>
+        <v>49086</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Saint Marc</t>
+          <t>L'Hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
-          <t>1600 - 1699</t>
+          <t>1600 - 1799</t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G218" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H218" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H218" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>51612</v>
+        <v>49087</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Vierge couronnée</t>
+          <t>Sainte Begge</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G219" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
-[...2 lines deleted...]
-      <c r="H219" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H219" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>51523</v>
+        <v>49091</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch</t>
+          <t>Nature morte aux fleurs dans un vase</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G220" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H220" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>51531</v>
+        <v>49095</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1600 - 1699</t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G221" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...2 lines deleted...]
-      <c r="H221" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H221" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>43254</v>
+        <v>66314</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Tête d'ancien</t>
+          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G222" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H222" s="2"/>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H222" s="2" t="inlineStr">
+        <is>
+          <t>cuit [céramique], peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>43279</v>
+        <v>43254</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec jambon et chope de bière</t>
+          <t>Tête d'ancien</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
-          <t>Pieter,  Claesz. / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1610</t>
+          <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G223" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>42647</v>
+        <v>43279</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Moine en prière</t>
+          <t>Nature morte avec jambon et chope de bière</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Pieter,  Claesz. / Anonyme</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
-          <t>1601 - 1700</t>
+          <t>1601 - 1610</t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G224" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H224" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>66314</v>
+        <v>42647</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Vase boule en majolique à décor polychrome de deux portraits en buste</t>
+          <t>Moine en prière</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1601 - 1700</t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G225" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H225" s="2" t="inlineStr">
         <is>
-          <t>cuit [céramique], peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
         <v>43278</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
           <t>Nature morte avec homard</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>de Heem, Cornelis / Anonyme</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1610 - 1615</t>
@@ -8683,205 +8683,205 @@
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1643 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G235" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H235" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>46844</v>
+        <v>52262</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Saint Michel terrassant le démon</t>
+          <t>Projet pour la tour de l’église du Béguinage</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
-          <t>1650 - 1699</t>
+          <t>1650 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G236" s="2" t="inlineStr">
         <is>
-          <t>grès</t>
+          <t>encre, gouache, papier</t>
         </is>
       </c>
       <c r="H236" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>47283</v>
+        <v>46824</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'enfant</t>
+          <t>Sainte Gudule</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1650 - 1699</t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G237" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>grès</t>
         </is>
       </c>
       <c r="H237" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>46824</v>
+        <v>46844</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Sainte Gudule</t>
+          <t>Saint Michel terrassant le démon</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1650 - 1699</t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G238" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H238" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>52262</v>
+        <v>47283</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Projet pour la tour de l’église du Béguinage</t>
+          <t>Portrait d'enfant</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
-          <t>1650 - </t>
+          <t>1650 - 1699</t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G239" s="2" t="inlineStr">
         <is>
-          <t>encre, gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H239" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
         <v>36856</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
           <t>Intérieur de la collégiale Sainte-Gudule</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1660 - 1670</t>
@@ -9071,1448 +9071,1448 @@
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1699 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G245" s="2" t="inlineStr">
         <is>
           <t>métal, bois</t>
         </is>
       </c>
       <c r="H245" s="2" t="inlineStr">
         <is>
           <t>ciselé, martelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>36911</v>
+        <v>49615</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Bottes de postillon</t>
+          <t>Portrait présumé de Léopold II d'Autriche</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G246" s="2" t="inlineStr">
         <is>
-          <t>bois, fer</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H246" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>36694</v>
+        <v>51332</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Chien</t>
+          <t>Quatre médaillons représentant les saisons</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G247" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>plâtre</t>
         </is>
       </c>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>36772</v>
+        <v>51556</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Papier peint à décor chinois</t>
+          <t>Petit reliquaire : Les Saints Innocents</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>reliquaire</t>
         </is>
       </c>
       <c r="G248" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...2 lines deleted...]
-      <c r="H248" s="2"/>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H248" s="2" t="inlineStr">
+        <is>
+          <t>laque</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>39464</v>
+        <v>51333</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Paire potiches Japon Imari</t>
+          <t>Médaillon du Printemps</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1740</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G249" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>46961</v>
+        <v>51334</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec deux hommes et une femme à cheval</t>
+          <t>Médaillon de l'Eté</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G250" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>46962</v>
+        <v>51335</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec port et voilier</t>
+          <t>Médaillon de l'Automne</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G251" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>46963</v>
+        <v>51336</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec troupeau de moutons</t>
+          <t>Médaillon de l'Hiver</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G252" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>46964</v>
+        <v>36911</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec une marchande de légumes</t>
+          <t>Bottes de postillon</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G253" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois, fer</t>
         </is>
       </c>
       <c r="H253" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>46966</v>
+        <v>36694</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec berger et ses moutons, et un homme et une femme lui parlant</t>
+          <t>Chien</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G254" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>marbre</t>
+        </is>
+      </c>
+      <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>46969</v>
+        <v>36772</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Scène de kermesse de village</t>
+          <t>Papier peint à décor chinois</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G255" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H255" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>46970</v>
+        <v>39464</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Scène champêtre avec un déchargement de marchandises en bord de rivière</t>
+          <t>Paire potiches Japon Imari</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1740</t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G256" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H256" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tourné (céramique)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>46997</v>
+        <v>51835</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Flandre</t>
+          <t>Bras reliquaire</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G257" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>tilleul</t>
         </is>
       </c>
       <c r="H257" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>laque, tourné [bois]</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>46631</v>
+        <v>52142</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Le palais des ducs de Brabant au Coudenberg</t>
+          <t>Mise au tombeau</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G258" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H258" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>46713</v>
+        <v>63261</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de dix panneaux décoratifs représentant des scènes champêtres</t>
+          <t>La porte de Laeken</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1749</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G259" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H259" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>63261</v>
+        <v>63262</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>La porte de Laeken</t>
+          <t>Vue du pont de Laeken</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G260" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H260" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>63262</v>
+        <v>52537</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Vue du pont de Laeken</t>
+          <t>Études de sculptures d'enfants</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Duquesnoy, François / Anonyme</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G261" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre noire, crayon, crayon noir</t>
         </is>
       </c>
       <c r="H261" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>52537</v>
+        <v>65628</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Études de sculptures d'enfants</t>
+          <t>2 vues du couvent de Saint-Pierre et "Onze-Lieve-Vrouw ter Zieken"</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
-          <t>Duquesnoy, François / Anonyme</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G262" s="2" t="inlineStr">
         <is>
-          <t>encre noire, crayon, crayon noir</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H262" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>65628</v>
+        <v>46713</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>2 vues du couvent de Saint-Pierre et "Onze-Lieve-Vrouw ter Zieken"</t>
+          <t>Ensemble de dix panneaux décoratifs représentant des scènes champêtres</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G263" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H263" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>67400</v>
+        <v>46961</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Bergerie </t>
+          <t>Scène champêtre avec deux hommes et une femme à cheval</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G264" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H264" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>51835</v>
+        <v>46962</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Bras reliquaire</t>
+          <t>Scène champêtre avec port et voilier</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G265" s="2" t="inlineStr">
         <is>
-          <t>tilleul</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H265" s="2" t="inlineStr">
         <is>
-          <t>laque, tourné [bois]</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>52142</v>
+        <v>46963</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Mise au tombeau</t>
+          <t>Scène champêtre avec troupeau de moutons</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G266" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H266" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H266" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>49229</v>
+        <v>46964</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
+          <t>Scène champêtre avec une marchande de légumes</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G267" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H267" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>48982</v>
+        <v>46966</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Marie-Antoinette d'Autriche (1669-1692)</t>
+          <t>Scène champêtre avec berger et ses moutons, et un homme et une femme lui parlant</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G268" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H268" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>48985</v>
+        <v>46969</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Pape, empereur, dauphin, pasteur, paysan, avocat, docteur et la mort. Oeuvre satirique</t>
+          <t>Scène de kermesse de village</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G269" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H269" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>49435</v>
+        <v>46970</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Berger avec des moutons, une chèvre et une jeune fille</t>
+          <t>Scène champêtre avec un déchargement de marchandises en bord de rivière</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G270" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H270" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>49099</v>
+        <v>46997</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Scène mythologique dans les nuages</t>
+          <t>La Porte de Flandre</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G271" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H271" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>47445</v>
+        <v>46631</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
+          <t>Le palais des ducs de Brabant au Coudenberg</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G272" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H272" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>47446</v>
+        <v>67400</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
+          <t>Bergerie </t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1750</t>
+          <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G273" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre noire</t>
+          <t>métal</t>
         </is>
       </c>
       <c r="H273" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>47559</v>
+        <v>47445</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>L'écluse des Trois-Fontaines sur le canal de Willebroeck</t>
+          <t>Palais des Ducs de Brabant au Coudenberg : vue de la façade avec la Magna Aula et la chapelle à partir de la cour intérieure</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G274" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H274" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>51332</v>
+        <v>47446</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Quatre médaillons représentant les saisons</t>
+          <t>Le palais des ducs de Brabant : la Magna Aula et la chapelle, côté rue Isabelle</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1750</t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G275" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H275" s="2"/>
+          <t>papier, aquarelle, encre noire</t>
+        </is>
+      </c>
+      <c r="H275" s="2" t="inlineStr">
+        <is>
+          <t>dessin, lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>51556</v>
+        <v>47559</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Petit reliquaire : Les Saints Innocents</t>
+          <t>L'écluse des Trois-Fontaines sur le canal de Willebroeck</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
-          <t>reliquaire</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G276" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H276" s="2" t="inlineStr">
         <is>
-          <t>laque</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>51333</v>
+        <v>48982</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Médaillon du Printemps</t>
+          <t>Portrait de Marie-Antoinette d'Autriche (1669-1692)</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
-          <t>1700 - 1799</t>
+          <t>1700 - 1749</t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G277" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H277" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H277" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>51334</v>
+        <v>48985</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Médaillon de l'Eté</t>
+          <t>Pape, empereur, dauphin, pasteur, paysan, avocat, docteur et la mort. Oeuvre satirique</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G278" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H278" s="2"/>
+          <t>peinture à l'huile, papier</t>
+        </is>
+      </c>
+      <c r="H278" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>51335</v>
+        <v>49435</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Médaillon de l'Automne</t>
+          <t>Berger avec des moutons, une chèvre et une jeune fille</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G279" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H279" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H279" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>51336</v>
+        <v>49099</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Médaillon de l'Hiver</t>
+          <t>Scène mythologique dans les nuages</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G280" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H280" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H280" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>49615</v>
+        <v>49229</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Portrait présumé de Léopold II d'Autriche</t>
+          <t>Portrait de Jean-Baptiste Dansaert (1769-1832)</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1700 - 1799</t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G281" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H281" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
         <v>42646</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
           <t>Paysage avec pont</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
@@ -10719,335 +10719,335 @@
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1710 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G287" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H287" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>36806</v>
+        <v>36807</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Lignage Steenweg</t>
+          <t>Lignage Roodenbeek</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G288" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H288" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>36807</v>
+        <v>36808</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Lignage Roodenbeek</t>
+          <t>Lignage Sweerts</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G289" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H289" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>36808</v>
+        <v>36809</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Lignage Sweerts</t>
+          <t>Lignage Serroelofs</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G290" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H290" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>36809</v>
+        <v>36810</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Lignage Serroelofs</t>
+          <t>Lignage Serhuyghs</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G291" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H291" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>36810</v>
+        <v>36811</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Lignage Serhuyghs</t>
+          <t>Lignage Sleeuws</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G292" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H292" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>36811</v>
+        <v>36812</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Lignage Sleeuws</t>
+          <t>Lignage Coudenberg</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G293" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H293" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>36812</v>
+        <v>36813</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Lignage Coudenberg</t>
+          <t>Médaillons des sept lignages de Bruxelles</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G294" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H294" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>36813</v>
+        <v>36806</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Médaillons des sept lignages de Bruxelles</t>
+          <t>Lignage Steenweg</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1712 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G295" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
@@ -11271,419 +11271,419 @@
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1745 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G301" s="2" t="inlineStr">
         <is>
           <t>argent, peinture à l'huile</t>
         </is>
       </c>
       <c r="H301" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>65929</v>
+        <v>51462</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
+          <t>Cartouche de la Confrérie de Saint-Hubert</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1750 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G302" s="2" t="inlineStr">
         <is>
-          <t>parchemin, encre</t>
+          <t>peinture, tilleul</t>
         </is>
       </c>
       <c r="H302" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis, rehaussé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>48979</v>
+        <v>51489</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Enseigne peinte : In den Heyck</t>
+          <t>Fronton aux armes de Charles de Lorraine</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1850</t>
-[...2 lines deleted...]
-      <c r="F303" s="2"/>
+          <t>1750 - 1799</t>
+        </is>
+      </c>
+      <c r="F303" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G303" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois</t>
+        </is>
+      </c>
+      <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>49839</v>
+        <v>51498</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Fontaine : lion héraldique</t>
+          <t>Enfant endormi</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1750 - 1799</t>
         </is>
       </c>
-      <c r="F304" s="2"/>
+      <c r="F304" s="2" t="inlineStr">
+        <is>
+          <t>statue</t>
+        </is>
+      </c>
       <c r="G304" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H304" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>51462</v>
+        <v>49839</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Cartouche de la Confrérie de Saint-Hubert</t>
+          <t>Fontaine : lion héraldique</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
-          <t>1750 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1750 - 1799</t>
+        </is>
+      </c>
+      <c r="F305" s="2"/>
       <c r="G305" s="2" t="inlineStr">
         <is>
-          <t>peinture, tilleul</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>51489</v>
+        <v>65929</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Fronton aux armes de Charles de Lorraine</t>
+          <t>Attestation du roi d’armes Richard de Grez reproduisant les armoiries de la famille bruxelloise des Van Esselens</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
+          <t>1750 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G306" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
-[...2 lines deleted...]
-      <c r="H306" s="2"/>
+          <t>parchemin, encre</t>
+        </is>
+      </c>
+      <c r="H306" s="2" t="inlineStr">
+        <is>
+          <t>dessin, lavis, rehaussé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>51498</v>
+        <v>48979</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Enfant endormi</t>
+          <t>Enseigne peinte : In den Heyck</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
-          <t>1750 - 1799</t>
-[...6 lines deleted...]
-      </c>
+          <t>1750 - 1850</t>
+        </is>
+      </c>
+      <c r="F307" s="2"/>
       <c r="G307" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...2 lines deleted...]
-      <c r="H307" s="2"/>
+          <t>bois, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H307" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>76816</v>
+        <v>50644</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Médaillon : portrait de l'Empereur Léopold II </t>
+          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
-          <t>1770 - 1799</t>
+          <t>1770 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G308" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H308" s="2"/>
+          <t>papier, encre noire</t>
+        </is>
+      </c>
+      <c r="H308" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin, lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>50644</v>
+        <v>76816</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Les ruines du Palais des ducs de Brabant au Coudenberg </t>
+          <t>Médaillon : portrait de l'Empereur Léopold II </t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
-          <t>1770 - </t>
+          <t>1770 - 1799</t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G309" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>52244</v>
+        <v>52742</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>La porte du Rivage et le bassin des Barques</t>
+          <t>Cuillère saupoudreuse</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>cuillère</t>
         </is>
       </c>
       <c r="G310" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>52742</v>
+        <v>52244</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Cuillère saupoudreuse</t>
+          <t>La porte du Rivage et le bassin des Barques</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1775 - 1799</t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
-          <t>cuillère</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G311" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H311" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H311" s="2" t="inlineStr">
+        <is>
+          <t>dessin, lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
         <v>47791</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
           <t>Statue de Charles de Lorraine sur la place Royale à Bruxelles</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
@@ -11723,160 +11723,160 @@
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1775 - 1800</t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G313" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H313" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>48942</v>
+        <v>47348</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme, ancien pensionnaire du Grand Hospice de Bruxelles</t>
+          <t>Portrait d'un homme dans un costume Directoire</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
-          <t>1780 - </t>
+          <t>1780 - 1799</t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G314" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peinture à l'huile, verre, argent, laiton</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H314" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>48943</v>
+        <v>48942</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une dame, ancienne pensionnaire du Grand Hospice de Bruxelles</t>
+          <t>Portrait d'un homme, ancien pensionnaire du Grand Hospice de Bruxelles</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1780 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G315" s="2" t="inlineStr">
         <is>
-          <t>ivoire, peinture à l'huile, verre, argent</t>
+          <t>ivoire, peinture à l'huile, verre, argent, laiton</t>
         </is>
       </c>
       <c r="H315" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>47348</v>
+        <v>48943</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme dans un costume Directoire</t>
+          <t>Portrait d'une dame, ancienne pensionnaire du Grand Hospice de Bruxelles</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
-          <t>1780 - 1799</t>
+          <t>1780 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G316" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>ivoire, peinture à l'huile, verre, argent</t>
         </is>
       </c>
       <c r="H316" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
         <v>63259</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
           <t>Vue de la Porte de Namur, démolie en 1783</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
@@ -11923,123 +11923,123 @@
         </is>
       </c>
       <c r="E318" s="2" t="inlineStr">
         <is>
           <t>1787 - 1795</t>
         </is>
       </c>
       <c r="F318" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G318" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H318" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="1" t="n">
-        <v>47986</v>
+        <v>47353</v>
       </c>
       <c r="B319" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne: Place Royale de Bruxelles, le 20 septembre 1787</t>
+          <t>Portrait en buste d'un volontaire brabançon</t>
         </is>
       </c>
       <c r="C319" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D319" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E319" s="2" t="inlineStr">
         <is>
           <t>1787 - </t>
         </is>
       </c>
       <c r="F319" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G319" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...2 lines deleted...]
-      <c r="H319" s="2"/>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H319" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="1" t="n">
-        <v>47353</v>
+        <v>47986</v>
       </c>
       <c r="B320" s="2" t="inlineStr">
         <is>
-          <t>Portrait en buste d'un volontaire brabançon</t>
+          <t>La Révolution Brabançonne: Place Royale de Bruxelles, le 20 septembre 1787</t>
         </is>
       </c>
       <c r="C320" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D320" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E320" s="2" t="inlineStr">
         <is>
           <t>1787 - </t>
         </is>
       </c>
       <c r="F320" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G320" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H320" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="1" t="n">
         <v>47985</v>
       </c>
       <c r="B321" s="2" t="inlineStr">
         <is>
           <t>La Révolution Brabanconne: allégorie de la Belgique en décembre 1789</t>
         </is>
       </c>
       <c r="C321" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D321" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E321" s="2" t="inlineStr">
         <is>
           <t>1789 - </t>
         </is>
       </c>
@@ -12195,273 +12195,273 @@
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1789 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G325" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H325" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>48024</v>
+        <v>51592</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Libertas Coronata</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
-          <t>1790 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1790 - 1799</t>
+        </is>
+      </c>
+      <c r="F326" s="2"/>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>48025</v>
+        <v>50798</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne </t>
+          <t>Fuite de Madame Pineau, Hendrik Van der Noot et Petrus Van Eupen</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G327" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H327" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>48028</v>
+        <v>48024</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>La Révolution Brabançonne : Gloire des Brabançons et des Flamands réunis</t>
+          <t>Libertas Coronata</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
-      <c r="G328" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G328" s="2"/>
       <c r="H328" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>49035</v>
+        <v>48025</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Jean-François Vonck (1742 - 1792)</t>
+          <t>La Révolution Brabançonne </t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1792</t>
+          <t>1790 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G329" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H329" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>50798</v>
+        <v>48028</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Fuite de Madame Pineau, Hendrik Van der Noot et Petrus Van Eupen</t>
+          <t>La Révolution Brabançonne : Gloire des Brabançons et des Flamands réunis</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1790 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G330" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H330" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>51592</v>
+        <v>49035</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Portrait de Jean-François Vonck (1742 - 1792)</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
-          <t>1790 - 1799</t>
-[...3 lines deleted...]
-      <c r="G331" s="2"/>
+          <t>1790 - 1792</t>
+        </is>
+      </c>
+      <c r="F331" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G331" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, chêne</t>
+        </is>
+      </c>
       <c r="H331" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
         <v>49221</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
           <t>Portrait de Monsieur Colmant</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1793 - 1799</t>
@@ -12651,443 +12651,443 @@
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1799 - 1806</t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G337" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H337" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>42654</v>
+        <v>51358</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>Buste de Charles Quint</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - 1853</t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G338" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuivre</t>
+        </is>
+      </c>
+      <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>46686</v>
+        <v>53070</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Personnes dans un cortège</t>
+          <t>Vue extérieure de l'église Saint-Géry </t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1899</t>
+          <t>1800 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G339" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H339" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
         <v>52183</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
           <t>Deux médaillons  :  Les amiraux Tromp et Pieter Hein</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1800 - 1888</t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G340" s="2" t="inlineStr">
         <is>
           <t>cuivre</t>
         </is>
       </c>
       <c r="H340" s="2" t="inlineStr">
         <is>
           <t>technique d'estampage, technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>53070</v>
+        <v>46686</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Vue extérieure de l'église Saint-Géry </t>
+          <t>Personnes dans un cortège</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
-          <t>1800 - </t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G341" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H341" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>47294</v>
+        <v>42654</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme avec cravate en dentelle blanche</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G342" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H342" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>48210</v>
+        <v>47294</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Portrait du sculpteur Laurent Delvaux</t>
+          <t>Portrait d'un homme avec cravate en dentelle blanche</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1900</t>
+          <t>1800 - 1899</t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G343" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H343" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>49430</v>
+        <v>48210</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'un homme</t>
+          <t>Portrait du sculpteur Laurent Delvaux</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1849</t>
+          <t>1800 - 1900</t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G344" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H344" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>49127</v>
+        <v>49430</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Antoine Vialle-Ponty ou Viali di Ponnti</t>
+          <t>Portrait d'un homme</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1835</t>
+          <t>1800 - 1849</t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G345" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H345" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>49136</v>
+        <v>49127</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Docteur Charles Conrad Alexandre Georges de Brandner de Goldenstern</t>
+          <t>Portrait d'Antoine Vialle-Ponty ou Viali di Ponnti</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1840</t>
+          <t>1800 - 1835</t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G346" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H346" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>51358</v>
+        <v>49136</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Buste de Charles Quint</t>
+          <t>Docteur Charles Conrad Alexandre Georges de Brandner de Goldenstern</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
-          <t>1800 - 1853</t>
+          <t>1800 - 1840</t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G347" s="2" t="inlineStr">
         <is>
-          <t>cuivre</t>
-[...2 lines deleted...]
-      <c r="H347" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H347" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
         <v>42650</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
           <t>Martyre de saint Barthélémy</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
@@ -13863,125 +13863,125 @@
         </is>
       </c>
       <c r="E368" s="2" t="inlineStr">
         <is>
           <t>1831 - </t>
         </is>
       </c>
       <c r="F368" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G368" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H368" s="2" t="inlineStr">
         <is>
           <t>rehaussé , lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="1" t="n">
-        <v>52210</v>
+        <v>49502</v>
       </c>
       <c r="B369" s="2" t="inlineStr">
         <is>
-          <t>Inauguration du premier chemin de fer belge à l'allée Verte</t>
+          <t>Les pavillons d’octroi à la porte de Ninove</t>
         </is>
       </c>
       <c r="C369" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D369" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E369" s="2" t="inlineStr">
         <is>
-          <t>1835 - </t>
+          <t>1835 - 1899</t>
         </is>
       </c>
       <c r="F369" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G369" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H369" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="1" t="n">
-        <v>49502</v>
+        <v>52210</v>
       </c>
       <c r="B370" s="2" t="inlineStr">
         <is>
-          <t>Les pavillons d’octroi à la porte de Ninove</t>
+          <t>Inauguration du premier chemin de fer belge à l'allée Verte</t>
         </is>
       </c>
       <c r="C370" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D370" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E370" s="2" t="inlineStr">
         <is>
-          <t>1835 - 1899</t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F370" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G370" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H370" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="1" t="n">
         <v>64188</v>
       </c>
       <c r="B371" s="2" t="inlineStr">
         <is>
           <t>"Oiseau du roi" de la société de tir bruxelloise "La Constance"</t>
         </is>
       </c>
       <c r="C371" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D371" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E371" s="2" t="inlineStr">
         <is>
           <t>1840 - </t>
@@ -14099,317 +14099,317 @@
         </is>
       </c>
       <c r="E374" s="2" t="inlineStr">
         <is>
           <t>1848 - </t>
         </is>
       </c>
       <c r="F374" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G374" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H374" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="1" t="n">
-        <v>36910</v>
+        <v>49679</v>
       </c>
       <c r="B375" s="2" t="inlineStr">
         <is>
-          <t>Le bon diable du Duivelshoek</t>
+          <t>Portrait d'Albert Glatigny</t>
         </is>
       </c>
       <c r="C375" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D375" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E375" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
-      <c r="F375" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F375" s="2"/>
       <c r="G375" s="2" t="inlineStr">
         <is>
-          <t>bois, laine</t>
-[...2 lines deleted...]
-      <c r="H375" s="2"/>
+          <t>papier, encre noire</t>
+        </is>
+      </c>
+      <c r="H375" s="2" t="inlineStr">
+        <is>
+          <t>technique de gravure</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="1" t="n">
-        <v>39438</v>
+        <v>36910</v>
       </c>
       <c r="B376" s="2" t="inlineStr">
         <is>
-          <t>Bassin en porcelaine de Chine Famille rose et sellette en bois sculpté</t>
+          <t>Le bon diable du Duivelshoek</t>
         </is>
       </c>
       <c r="C376" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D376" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E376" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1900</t>
+          <t>1850 - </t>
         </is>
       </c>
       <c r="F376" s="2" t="inlineStr">
         <is>
-          <t>vase</t>
+          <t>objets ethnographiques</t>
         </is>
       </c>
       <c r="G376" s="2" t="inlineStr">
         <is>
-          <t>porcelaine, bois, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, laine</t>
+        </is>
+      </c>
+      <c r="H376" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="1" t="n">
-        <v>46617</v>
+        <v>39438</v>
       </c>
       <c r="B377" s="2" t="inlineStr">
         <is>
-          <t>Le Marché aux Poissons et la Maison des poissonniers</t>
+          <t>Bassin en porcelaine de Chine Famille rose et sellette en bois sculpté</t>
         </is>
       </c>
       <c r="C377" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D377" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E377" s="2" t="inlineStr">
         <is>
-          <t>1850 - 1899</t>
+          <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F377" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>vase</t>
         </is>
       </c>
       <c r="G377" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>porcelaine, bois, pierre</t>
         </is>
       </c>
       <c r="H377" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="1" t="n">
         <v>42954</v>
       </c>
       <c r="B378" s="2" t="inlineStr">
         <is>
           <t>Femme à l'oiseau</t>
         </is>
       </c>
       <c r="C378" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D378" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E378" s="2" t="inlineStr">
         <is>
           <t>1850 - 1900</t>
         </is>
       </c>
       <c r="F378" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G378" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H378" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="1" t="n">
-        <v>48203</v>
+        <v>46617</v>
       </c>
       <c r="B379" s="2" t="inlineStr">
         <is>
-          <t>Portrait du graveur italien Rafaello Morghen</t>
+          <t>Le Marché aux Poissons et la Maison des poissonniers</t>
         </is>
       </c>
       <c r="C379" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D379" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E379" s="2" t="inlineStr">
         <is>
-          <t>1850 - </t>
+          <t>1850 - 1899</t>
         </is>
       </c>
       <c r="F379" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G379" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H379" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="1" t="n">
-        <v>48204</v>
+        <v>48203</v>
       </c>
       <c r="B380" s="2" t="inlineStr">
         <is>
-          <t>Portrait du peintre italien A.F. Francia</t>
+          <t>Portrait du graveur italien Rafaello Morghen</t>
         </is>
       </c>
       <c r="C380" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D380" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E380" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
       <c r="F380" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G380" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H380" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="1" t="n">
-        <v>49679</v>
+        <v>48204</v>
       </c>
       <c r="B381" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Albert Glatigny</t>
+          <t>Portrait du peintre italien A.F. Francia</t>
         </is>
       </c>
       <c r="C381" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D381" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E381" s="2" t="inlineStr">
         <is>
           <t>1850 - </t>
         </is>
       </c>
-      <c r="F381" s="2"/>
+      <c r="F381" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G381" s="2" t="inlineStr">
         <is>
-          <t>papier, encre noire</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H381" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="1" t="n">
         <v>49191</v>
       </c>
       <c r="B382" s="2" t="inlineStr">
         <is>
           <t>Célébration du 25e anniversaire du règne de Léopold I</t>
         </is>
       </c>
       <c r="C382" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D382" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E382" s="2" t="inlineStr">
         <is>
           <t>1856 - </t>
@@ -14867,3349 +14867,3425 @@
         </is>
       </c>
       <c r="E394" s="2" t="inlineStr">
         <is>
           <t>1874 - </t>
         </is>
       </c>
       <c r="F394" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G394" s="2" t="inlineStr">
         <is>
           <t>chêne, métal</t>
         </is>
       </c>
       <c r="H394" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="1" t="n">
-        <v>39556</v>
+        <v>51474</v>
       </c>
       <c r="B395" s="2" t="inlineStr">
         <is>
-          <t>Saint-Martin</t>
+          <t>Buste du général-major Brialmont </t>
         </is>
       </c>
       <c r="C395" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D395" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E395" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1899</t>
         </is>
       </c>
       <c r="F395" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G395" s="2" t="inlineStr">
         <is>
-          <t>chêne</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H395" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="1" t="n">
-        <v>42979</v>
+        <v>39556</v>
       </c>
       <c r="B396" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : buste antique</t>
+          <t>Saint-Martin</t>
         </is>
       </c>
       <c r="C396" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D396" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E396" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F396" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G396" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, crayon noir</t>
+          <t>chêne</t>
         </is>
       </c>
       <c r="H396" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="1" t="n">
-        <v>42980</v>
+        <v>42966</v>
       </c>
       <c r="B397" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : tête d'homme et portrait de femme</t>
+          <t>Etude : portrait d'homme et étude académique : buste antique</t>
         </is>
       </c>
       <c r="C397" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D397" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E397" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F397" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G397" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H397" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="1" t="n">
-        <v>42982</v>
+        <v>42967</v>
       </c>
       <c r="B398" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Etude : tête d'homme</t>
         </is>
       </c>
       <c r="C398" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D398" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E398" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F398" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G398" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H398" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="1" t="n">
-        <v>42983</v>
+        <v>42968</v>
       </c>
       <c r="B399" s="2" t="inlineStr">
         <is>
-          <t>Etude : légume et étude académique : biche et lionne</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C399" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D399" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E399" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F399" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G399" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, aquarelle</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H399" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="1" t="n">
-        <v>42984</v>
+        <v>42970</v>
       </c>
       <c r="B400" s="2" t="inlineStr">
         <is>
-          <t>Etude d'un bras tenant une pierre</t>
+          <t>Etude académique : écorché debout, de face</t>
         </is>
       </c>
       <c r="C400" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D400" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E400" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F400" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G400" s="2" t="inlineStr">
         <is>
-          <t>fusain, pastel, papier</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H400" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="1" t="n">
-        <v>42985</v>
+        <v>42971</v>
       </c>
       <c r="B401" s="2" t="inlineStr">
         <is>
-          <t>Etude d'une cheville et croquis d'une tête d'homme de dos</t>
+          <t>Etude académique : écorché debout, de dos</t>
         </is>
       </c>
       <c r="C401" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D401" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E401" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F401" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G401" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, pastel</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H401" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="1" t="n">
-        <v>42986</v>
+        <v>42972</v>
       </c>
       <c r="B402" s="2" t="inlineStr">
         <is>
-          <t>Trois croquis : enfant nu jouant avec un caniche</t>
+          <t>Caricature-Arlequin</t>
         </is>
       </c>
       <c r="C402" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D402" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E402" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F402" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G402" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, fusain, aquarelle, pastel</t>
         </is>
       </c>
       <c r="H402" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="1" t="n">
-        <v>42987</v>
+        <v>42973</v>
       </c>
       <c r="B403" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : La Vénus de Milo</t>
+          <t>Etude : tête de fillette</t>
         </is>
       </c>
       <c r="C403" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D403" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E403" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F403" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G403" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H403" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="1" t="n">
-        <v>42988</v>
+        <v>42974</v>
       </c>
       <c r="B404" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : buste antique</t>
+          <t>Homme écrivant</t>
         </is>
       </c>
       <c r="C404" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D404" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E404" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F404" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G404" s="2" t="inlineStr">
         <is>
-          <t>fusain, crayon noir, papier</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H404" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="1" t="n">
-        <v>42991</v>
+        <v>42977</v>
       </c>
       <c r="B405" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : buste antique</t>
+          <t>Hastiere-par-dela</t>
         </is>
       </c>
       <c r="C405" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D405" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E405" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F405" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G405" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H405" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="1" t="n">
-        <v>42993</v>
+        <v>42979</v>
       </c>
       <c r="B406" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : Moïse de Michel-Ange</t>
+          <t>Etude académique : buste antique</t>
         </is>
       </c>
       <c r="C406" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D406" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E406" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F406" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G406" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, fusain, crayon noir</t>
         </is>
       </c>
       <c r="H406" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="1" t="n">
-        <v>42994</v>
+        <v>42980</v>
       </c>
       <c r="B407" s="2" t="inlineStr">
         <is>
-          <t>Projets de figures féminines de l'Egypte ancienne</t>
+          <t>Etude académique : tête d'homme et portrait de femme</t>
         </is>
       </c>
       <c r="C407" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D407" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E407" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F407" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G407" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon noir</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H407" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="1" t="n">
-        <v>42995</v>
+        <v>42982</v>
       </c>
       <c r="B408" s="2" t="inlineStr">
         <is>
-          <t>Pièce d'étoffe</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C408" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D408" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E408" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F408" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G408" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H408" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="1" t="n">
-        <v>42996</v>
+        <v>42983</v>
       </c>
       <c r="B409" s="2" t="inlineStr">
         <is>
-          <t>Etude pour projet de tympan : bacchanale</t>
+          <t>Etude : légume et étude académique : biche et lionne</t>
         </is>
       </c>
       <c r="C409" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D409" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E409" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F409" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G409" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, fusain, aquarelle</t>
         </is>
       </c>
       <c r="H409" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="1" t="n">
-        <v>42997</v>
+        <v>42984</v>
       </c>
       <c r="B410" s="2" t="inlineStr">
         <is>
-          <t>Etude pour projet de tympan : scène de bataille</t>
+          <t>Etude d'un bras tenant une pierre</t>
         </is>
       </c>
       <c r="C410" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D410" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E410" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F410" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G410" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>fusain, pastel, papier</t>
         </is>
       </c>
       <c r="H410" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="1" t="n">
-        <v>42966</v>
+        <v>42985</v>
       </c>
       <c r="B411" s="2" t="inlineStr">
         <is>
-          <t>Etude : portrait d'homme et étude académique : buste antique</t>
+          <t>Etude d'une cheville et croquis d'une tête d'homme de dos</t>
         </is>
       </c>
       <c r="C411" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D411" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E411" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F411" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G411" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, fusain, pastel</t>
         </is>
       </c>
       <c r="H411" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="1" t="n">
-        <v>42967</v>
+        <v>42986</v>
       </c>
       <c r="B412" s="2" t="inlineStr">
         <is>
-          <t>Etude : tête d'homme</t>
+          <t>Trois croquis : enfant nu jouant avec un caniche</t>
         </is>
       </c>
       <c r="C412" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D412" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E412" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F412" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G412" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H412" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="1" t="n">
-        <v>42968</v>
+        <v>42987</v>
       </c>
       <c r="B413" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Etude académique : La Vénus de Milo</t>
         </is>
       </c>
       <c r="C413" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D413" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E413" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F413" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G413" s="2" t="inlineStr">
         <is>
           <t>papier, fusain</t>
         </is>
       </c>
       <c r="H413" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="1" t="n">
-        <v>42970</v>
+        <v>42988</v>
       </c>
       <c r="B414" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : écorché debout, de face</t>
+          <t>Etude académique : buste antique</t>
         </is>
       </c>
       <c r="C414" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D414" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E414" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F414" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G414" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>fusain, crayon noir, papier</t>
         </is>
       </c>
       <c r="H414" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="1" t="n">
-        <v>42971</v>
+        <v>42991</v>
       </c>
       <c r="B415" s="2" t="inlineStr">
         <is>
-          <t>Etude académique : écorché debout, de dos</t>
+          <t>Etude académique : buste antique</t>
         </is>
       </c>
       <c r="C415" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D415" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E415" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F415" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G415" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H415" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="1" t="n">
-        <v>42972</v>
+        <v>42993</v>
       </c>
       <c r="B416" s="2" t="inlineStr">
         <is>
-          <t>Caricature-Arlequin</t>
+          <t>Etude académique : Moïse de Michel-Ange</t>
         </is>
       </c>
       <c r="C416" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D416" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E416" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F416" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G416" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain, aquarelle, pastel</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H416" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="1" t="n">
-        <v>42973</v>
+        <v>42994</v>
       </c>
       <c r="B417" s="2" t="inlineStr">
         <is>
-          <t>Etude : tête de fillette</t>
+          <t>Projets de figures féminines de l'Egypte ancienne</t>
         </is>
       </c>
       <c r="C417" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D417" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E417" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F417" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G417" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>papier, crayon noir</t>
         </is>
       </c>
       <c r="H417" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="1" t="n">
-        <v>42974</v>
+        <v>42995</v>
       </c>
       <c r="B418" s="2" t="inlineStr">
         <is>
-          <t>Homme écrivant</t>
+          <t>Pièce d'étoffe</t>
         </is>
       </c>
       <c r="C418" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D418" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E418" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F418" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G418" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>crayon noir, papier</t>
         </is>
       </c>
       <c r="H418" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="1" t="n">
-        <v>42977</v>
+        <v>42996</v>
       </c>
       <c r="B419" s="2" t="inlineStr">
         <is>
-          <t>Hastiere-par-dela</t>
+          <t>Etude pour projet de tympan : bacchanale</t>
         </is>
       </c>
       <c r="C419" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D419" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E419" s="2" t="inlineStr">
         <is>
           <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F419" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G419" s="2" t="inlineStr">
         <is>
-          <t>crayon noir, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H419" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="1" t="n">
-        <v>51474</v>
+        <v>42997</v>
       </c>
       <c r="B420" s="2" t="inlineStr">
         <is>
-          <t>Buste du général-major Brialmont </t>
+          <t>Etude pour projet de tympan : scène de bataille</t>
         </is>
       </c>
       <c r="C420" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D420" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E420" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1899</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F420" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G420" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H420" s="2"/>
+          <t>papier, fusain</t>
+        </is>
+      </c>
+      <c r="H420" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="1" t="n">
-        <v>52236</v>
+        <v>53040</v>
       </c>
       <c r="B421" s="2" t="inlineStr">
         <is>
-          <t>Le parc du Cinquantenaire</t>
+          <t>Cercle du Waterloo, assemblée générale 1880 - Menu</t>
         </is>
       </c>
       <c r="C421" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D421" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E421" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F421" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G421" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H421" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="1" t="n">
-        <v>76415</v>
+        <v>52236</v>
       </c>
       <c r="B422" s="2" t="inlineStr">
         <is>
-          <t>Femme assise dans un intérieur </t>
+          <t>Le parc du Cinquantenaire</t>
         </is>
       </c>
       <c r="C422" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D422" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E422" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1930</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F422" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G422" s="2" t="inlineStr">
         <is>
-          <t>papier photographique, carton</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H422" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="1" t="n">
-        <v>52921</v>
+        <v>76415</v>
       </c>
       <c r="B423" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Charles Buls</t>
+          <t>Femme assise dans un intérieur </t>
         </is>
       </c>
       <c r="C423" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D423" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E423" s="2" t="inlineStr">
         <is>
-          <t>1881 - 1881</t>
+          <t>1880 - 1930</t>
         </is>
       </c>
       <c r="F423" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G423" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...2 lines deleted...]
-      <c r="H423" s="2"/>
+          <t>papier photographique, carton</t>
+        </is>
+      </c>
+      <c r="H423" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="1" t="n">
         <v>49444</v>
       </c>
       <c r="B424" s="2" t="inlineStr">
         <is>
           <t>Jeune garçon avec des fleurs entre les mains, assis sur le sol</t>
         </is>
       </c>
       <c r="C424" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D424" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E424" s="2" t="inlineStr">
         <is>
           <t>1881 - </t>
         </is>
       </c>
       <c r="F424" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G424" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H424" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="1" t="n">
-        <v>47451</v>
+        <v>52921</v>
       </c>
       <c r="B425" s="2" t="inlineStr">
         <is>
-          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
+          <t>Portrait du bourgmestre Charles Buls</t>
         </is>
       </c>
       <c r="C425" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D425" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E425" s="2" t="inlineStr">
         <is>
-          <t>1882 - </t>
+          <t>1881 - 1881</t>
         </is>
       </c>
       <c r="F425" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G425" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H425" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="1" t="n">
-        <v>53432</v>
+        <v>47451</v>
       </c>
       <c r="B426" s="2" t="inlineStr">
         <is>
-          <t>Monument-fontaine en hommage au capitaine Louis Crespel</t>
+          <t>Blasons des Nations (25 caissons du plafond de la salle des Mariages de l'Hôtel de Ville)</t>
         </is>
       </c>
       <c r="C426" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Ixelles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D426" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E426" s="2" t="inlineStr">
         <is>
-          <t>1884 - </t>
+          <t>1882 - </t>
         </is>
       </c>
       <c r="F426" s="2" t="inlineStr">
         <is>
-          <t>monument commémoratif, fontaine, oeuvre d'art en espace public</t>
+          <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G426" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...2 lines deleted...]
-      <c r="H426" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="H426" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="1" t="n">
-        <v>48278</v>
+        <v>53432</v>
       </c>
       <c r="B427" s="2" t="inlineStr">
         <is>
-          <t>Marché aux fleurs sur la Grand-Place de Bruxelles avec la Maison du Roi en construction</t>
+          <t>Monument-fontaine en hommage au capitaine Louis Crespel</t>
         </is>
       </c>
       <c r="C427" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Ixelles</t>
         </is>
       </c>
       <c r="D427" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E427" s="2" t="inlineStr">
         <is>
-          <t>1887 - </t>
+          <t>1884 - </t>
         </is>
       </c>
       <c r="F427" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>monument commémoratif, fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G427" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H427" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="1" t="n">
-        <v>52877</v>
+        <v>48278</v>
       </c>
       <c r="B428" s="2" t="inlineStr">
         <is>
-          <t>Affiche promotionnelle d'un gala organisé par la Société royale de la Grande Harmonie au théâtre royal de la Monnaie</t>
+          <t>Marché aux fleurs sur la Grand-Place de Bruxelles avec la Maison du Roi en construction</t>
         </is>
       </c>
       <c r="C428" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D428" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E428" s="2" t="inlineStr">
         <is>
-          <t>1888 - </t>
-[...2 lines deleted...]
-      <c r="F428" s="2"/>
+          <t>1887 - </t>
+        </is>
+      </c>
+      <c r="F428" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
       <c r="G428" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...2 lines deleted...]
-      <c r="H428" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H428" s="2" t="inlineStr">
+        <is>
+          <t>technique photographique</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="1" t="n">
-        <v>48531</v>
+        <v>52877</v>
       </c>
       <c r="B429" s="2" t="inlineStr">
         <is>
-          <t>Joueurs de balle au tamis à Franeker (Pays-Bas) </t>
+          <t>Affiche promotionnelle d'un gala organisé par la Société royale de la Grande Harmonie au théâtre royal de la Monnaie</t>
         </is>
       </c>
       <c r="C429" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D429" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E429" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
-      <c r="F429" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F429" s="2"/>
       <c r="G429" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H429" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="1" t="n">
-        <v>48534</v>
+        <v>48531</v>
       </c>
       <c r="B430" s="2" t="inlineStr">
         <is>
-          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas) </t>
         </is>
       </c>
       <c r="C430" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D430" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E430" s="2" t="inlineStr">
         <is>
           <t>1888 - </t>
         </is>
       </c>
       <c r="F430" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G430" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H430" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="1" t="n">
-        <v>66180</v>
+        <v>48534</v>
       </c>
       <c r="B431" s="2" t="inlineStr">
         <is>
-          <t>Chemin de ferme</t>
+          <t>Joueurs de balle au tamis à Franeker (Pays-Bas)</t>
         </is>
       </c>
       <c r="C431" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D431" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E431" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1910</t>
+          <t>1888 - </t>
         </is>
       </c>
       <c r="F431" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G431" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H431" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="1" t="n">
-        <v>53014</v>
+        <v>66180</v>
       </c>
       <c r="B432" s="2" t="inlineStr">
         <is>
-          <t>Cinq photographies du concours d’honneur 1890 Jeu de balle au tamis</t>
+          <t>Chemin de ferme</t>
         </is>
       </c>
       <c r="C432" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D432" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E432" s="2" t="inlineStr">
         <is>
-          <t>1890 - </t>
+          <t>1890 - 1910</t>
         </is>
       </c>
       <c r="F432" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G432" s="2" t="inlineStr">
         <is>
-          <t>papier, papier photographique</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H432" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="1" t="n">
-        <v>68174</v>
+        <v>53014</v>
       </c>
       <c r="B433" s="2" t="inlineStr">
         <is>
-          <t>Canne du bourgmestre Adolphe Max (1869-1939)</t>
+          <t>Cinq photographies du concours d’honneur 1890 Jeu de balle au tamis</t>
         </is>
       </c>
       <c r="C433" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D433" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E433" s="2" t="inlineStr">
         <is>
-          <t>1890 - 1920</t>
+          <t>1890 - </t>
         </is>
       </c>
       <c r="F433" s="2" t="inlineStr">
         <is>
-          <t>canne</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G433" s="2" t="inlineStr">
         <is>
-          <t>bois, métal</t>
-[...2 lines deleted...]
-      <c r="H433" s="2"/>
+          <t>papier, papier photographique</t>
+        </is>
+      </c>
+      <c r="H433" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="1" t="n">
-        <v>48546</v>
+        <v>68174</v>
       </c>
       <c r="B434" s="2" t="inlineStr">
         <is>
-          <t>La tribune royale lors d’une partie de balle au tamis avec Léopold II</t>
+          <t>Canne du bourgmestre Adolphe Max (1869-1939)</t>
         </is>
       </c>
       <c r="C434" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D434" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E434" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1909</t>
+          <t>1890 - 1920</t>
         </is>
       </c>
       <c r="F434" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>canne</t>
         </is>
       </c>
       <c r="G434" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>bois, métal</t>
+        </is>
+      </c>
+      <c r="H434" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="1" t="n">
-        <v>76380</v>
+        <v>48546</v>
       </c>
       <c r="B435" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
+          <t>La tribune royale lors d’une partie de balle au tamis avec Léopold II</t>
         </is>
       </c>
       <c r="C435" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D435" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E435" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1915</t>
+          <t>1891 - 1909</t>
         </is>
       </c>
       <c r="F435" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G435" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H435" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="1" t="n">
-        <v>73036</v>
+        <v>76380</v>
       </c>
       <c r="B436" s="2" t="inlineStr">
         <is>
-          <t>Casque commémoratif du commandant Victor Rauter</t>
+          <t>Portrait de Philippe Schott tenant sa palette de peintre </t>
         </is>
       </c>
       <c r="C436" s="2" t="inlineStr">
         <is>
-          <t>Commune d’Anderlecht</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D436" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E436" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1895 - 1915</t>
         </is>
       </c>
       <c r="F436" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G436" s="2" t="inlineStr">
         <is>
-          <t>bronze, marbre, verre</t>
-[...2 lines deleted...]
-      <c r="H436" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H436" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="1" t="n">
-        <v>48566</v>
+        <v>79348</v>
       </c>
       <c r="B437" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Guillaume des Marez</t>
+          <t>Zwyn Maakt Macht. Au Vieux Roi d'Espagne</t>
         </is>
       </c>
       <c r="C437" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D437" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E437" s="2" t="inlineStr">
         <is>
-          <t>1899 - 1931</t>
-[...4 lines deleted...]
-      <c r="H437" s="2"/>
+          <t>1898 - </t>
+        </is>
+      </c>
+      <c r="F437" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G437" s="2" t="inlineStr">
+        <is>
+          <t>gouache, aquarelle, fusain, encre, papier</t>
+        </is>
+      </c>
+      <c r="H437" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="1" t="n">
-        <v>56683</v>
+        <v>73036</v>
       </c>
       <c r="B438" s="2" t="inlineStr">
         <is>
-          <t>Affiche figurant un combat devant la Maison du Roi en flammes</t>
+          <t>Casque commémoratif du commandant Victor Rauter</t>
         </is>
       </c>
       <c r="C438" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d’Anderlecht</t>
         </is>
       </c>
       <c r="D438" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E438" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1950</t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F438" s="2" t="inlineStr">
         <is>
-          <t>estampe, affiche</t>
-[...2 lines deleted...]
-      <c r="G438" s="2"/>
+          <t>objet commemoratif et distinctif</t>
+        </is>
+      </c>
+      <c r="G438" s="2" t="inlineStr">
+        <is>
+          <t>bronze, marbre, verre</t>
+        </is>
+      </c>
       <c r="H438" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="1" t="n">
-        <v>68176</v>
+        <v>48566</v>
       </c>
       <c r="B439" s="2" t="inlineStr">
         <is>
-          <t>Coupe-papier Manneken-Pis </t>
+          <t>Portrait de Guillaume des Marez</t>
         </is>
       </c>
       <c r="C439" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D439" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E439" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1999</t>
-[...11 lines deleted...]
-      </c>
+          <t>1899 - 1931</t>
+        </is>
+      </c>
+      <c r="F439" s="2"/>
+      <c r="G439" s="2"/>
       <c r="H439" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="1" t="n">
-        <v>68178</v>
+        <v>56683</v>
       </c>
       <c r="B440" s="2" t="inlineStr">
         <is>
-          <t>10 vignettes de boîtes d'allumettes à l'effigie de Manneken-Pis</t>
+          <t>Affiche figurant un combat devant la Maison du Roi en flammes</t>
         </is>
       </c>
       <c r="C440" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D440" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E440" s="2" t="inlineStr">
         <is>
           <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F440" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>estampe, affiche</t>
+        </is>
+      </c>
+      <c r="G440" s="2"/>
       <c r="H440" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="1" t="n">
-        <v>76383</v>
+        <v>68176</v>
       </c>
       <c r="B441" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme : Philippe Schott ? </t>
+          <t>Coupe-papier Manneken-Pis </t>
         </is>
       </c>
       <c r="C441" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D441" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E441" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1930</t>
+          <t>1900 - 1999</t>
         </is>
       </c>
       <c r="F441" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>objet pour écrire ou de bureau</t>
         </is>
       </c>
       <c r="G441" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>métal</t>
+        </is>
+      </c>
+      <c r="H441" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="1" t="n">
-        <v>76385</v>
+        <v>68178</v>
       </c>
       <c r="B442" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott</t>
+          <t>10 vignettes de boîtes d'allumettes à l'effigie de Manneken-Pis</t>
         </is>
       </c>
       <c r="C442" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D442" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E442" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1950</t>
         </is>
       </c>
       <c r="F442" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G442" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H442" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="1" t="n">
-        <v>76398</v>
+        <v>76383</v>
       </c>
       <c r="B443" s="2" t="inlineStr">
         <is>
-          <t>Femme tenant un bébé </t>
+          <t>Portrait d'homme : Philippe Schott ? </t>
         </is>
       </c>
       <c r="C443" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D443" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E443" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1960</t>
+          <t>1900 - 1930</t>
         </is>
       </c>
       <c r="F443" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G443" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H443" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="1" t="n">
-        <v>76411</v>
+        <v>76385</v>
       </c>
       <c r="B444" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Philippe Schott au chapeau </t>
+          <t>Portrait de Philippe Schott</t>
         </is>
       </c>
       <c r="C444" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D444" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E444" s="2" t="inlineStr">
         <is>
           <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F444" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G444" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H444" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="1" t="n">
-        <v>65154</v>
+        <v>76398</v>
       </c>
       <c r="B445" s="2" t="inlineStr">
         <is>
-          <t>Plan des façades de la nouvelle Justice de Paix à Laeken </t>
+          <t>Femme tenant un bébé </t>
         </is>
       </c>
       <c r="C445" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D445" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E445" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1900 - 1960</t>
         </is>
       </c>
       <c r="F445" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G445" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H445" s="2" t="inlineStr">
         <is>
-          <t>dessin, rehaussé</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="1" t="n">
-        <v>48577</v>
+        <v>76411</v>
       </c>
       <c r="B446" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Portrait de Philippe Schott au chapeau </t>
         </is>
       </c>
       <c r="C446" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D446" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E446" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F446" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G446" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H446" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="1" t="n">
-        <v>48578</v>
+        <v>65154</v>
       </c>
       <c r="B447" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max</t>
+          <t>Plan des façades de la nouvelle Justice de Paix à Laeken </t>
         </is>
       </c>
       <c r="C447" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D447" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E447" s="2" t="inlineStr">
         <is>
-          <t>1909 - 1939</t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F447" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G447" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H447" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>dessin, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="1" t="n">
-        <v>48579</v>
+        <v>48577</v>
       </c>
       <c r="B448" s="2" t="inlineStr">
         <is>
           <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C448" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D448" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E448" s="2" t="inlineStr">
         <is>
           <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F448" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G448" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H448" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="1" t="n">
-        <v>76416</v>
+        <v>48578</v>
       </c>
       <c r="B449" s="2" t="inlineStr">
         <is>
-          <t>Femme assise devant une cheminée</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C449" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D449" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E449" s="2" t="inlineStr">
         <is>
-          <t>1910 - 1940</t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F449" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G449" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H449" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="1" t="n">
-        <v>48545</v>
+        <v>48579</v>
       </c>
       <c r="B450" s="2" t="inlineStr">
         <is>
-          <t>Visite du roi Albert et de la reine Elisabeth lors d'une rencontre de balle au tamis</t>
+          <t>Adolphe Max</t>
         </is>
       </c>
       <c r="C450" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D450" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E450" s="2" t="inlineStr">
         <is>
-          <t>1910 - </t>
+          <t>1909 - 1939</t>
         </is>
       </c>
       <c r="F450" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G450" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H450" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="1" t="n">
-        <v>52701</v>
+        <v>76416</v>
       </c>
       <c r="B451" s="2" t="inlineStr">
         <is>
-          <t>Coupe du Comité Néerlandais de Bruxelles Port de Mer</t>
+          <t>Femme assise devant une cheminée</t>
         </is>
       </c>
       <c r="C451" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D451" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E451" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1910 - 1940</t>
         </is>
       </c>
       <c r="F451" s="2" t="inlineStr">
         <is>
-          <t>trophée</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G451" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H451" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H451" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="1" t="n">
-        <v>79352</v>
+        <v>48545</v>
       </c>
       <c r="B452" s="2" t="inlineStr">
         <is>
-          <t>Hommage au soldat inconnu.</t>
+          <t>Visite du roi Albert et de la reine Elisabeth lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C452" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D452" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E452" s="2" t="inlineStr">
         <is>
-          <t>1922 - </t>
+          <t>1910 - </t>
         </is>
       </c>
       <c r="F452" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...3 lines deleted...]
-      <c r="H452" s="2"/>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G452" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H452" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="1" t="n">
-        <v>82106</v>
+        <v>52701</v>
       </c>
       <c r="B453" s="2" t="inlineStr">
         <is>
-          <t>Plaque commémorative à Paul Deschanel</t>
+          <t>Coupe du Comité Néerlandais de Bruxelles Port de Mer</t>
         </is>
       </c>
       <c r="C453" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D453" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E453" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F453" s="2" t="inlineStr">
         <is>
-          <t>plaque commémorative</t>
+          <t>trophée</t>
         </is>
       </c>
       <c r="G453" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H453" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="1" t="n">
-        <v>53015</v>
+        <v>82106</v>
       </c>
       <c r="B454" s="2" t="inlineStr">
         <is>
-          <t>Huit photographies du championnat de Belgique de jeu de balle 1926 pour amateurs</t>
+          <t>Plaque commémorative à Paul Deschanel</t>
         </is>
       </c>
       <c r="C454" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D454" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E454" s="2" t="inlineStr">
         <is>
-          <t>1926 - </t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F454" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G454" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H454" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="1" t="n">
-        <v>36860</v>
+        <v>79352</v>
       </c>
       <c r="B455" s="2" t="inlineStr">
         <is>
-          <t>Adolphe Max et le roi Albert Ier</t>
+          <t>Hommage au soldat inconnu.</t>
         </is>
       </c>
       <c r="C455" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D455" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E455" s="2" t="inlineStr">
         <is>
-          <t>1930 - 1934</t>
+          <t>1922 - </t>
         </is>
       </c>
       <c r="F455" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
-[...11 lines deleted...]
-      </c>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G455" s="2"/>
+      <c r="H455" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="1" t="n">
-        <v>49482</v>
+        <v>53015</v>
       </c>
       <c r="B456" s="2" t="inlineStr">
         <is>
-          <t>La parade d'investiture de Léopold II, rue Neuve</t>
+          <t>Huit photographies du championnat de Belgique de jeu de balle 1926 pour amateurs</t>
         </is>
       </c>
       <c r="C456" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D456" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E456" s="2" t="inlineStr">
         <is>
-          <t>1932 - </t>
+          <t>1926 - </t>
         </is>
       </c>
       <c r="F456" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G456" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H456" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="1" t="n">
-        <v>51661</v>
+        <v>36860</v>
       </c>
       <c r="B457" s="2" t="inlineStr">
         <is>
-          <t>Sainte Gudule</t>
+          <t>Adolphe Max et le roi Albert Ier</t>
         </is>
       </c>
       <c r="C457" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D457" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E457" s="2" t="inlineStr">
         <is>
-          <t>1934 - </t>
+          <t>1930 - 1934</t>
         </is>
       </c>
       <c r="F457" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G457" s="2" t="inlineStr">
         <is>
-          <t>plâtre</t>
-[...2 lines deleted...]
-      <c r="H457" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H457" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="1" t="n">
-        <v>53013</v>
+        <v>49482</v>
       </c>
       <c r="B458" s="2" t="inlineStr">
         <is>
-          <t>Six photos de la visite du roi Léopold III à la société Royale de jeu de balles du Sablon</t>
+          <t>La parade d'investiture de Léopold II, rue Neuve</t>
         </is>
       </c>
       <c r="C458" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D458" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E458" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1932 - </t>
         </is>
       </c>
       <c r="F458" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G458" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H458" s="2" t="inlineStr">
         <is>
-          <t>tirage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="1" t="n">
-        <v>48530</v>
+        <v>51661</v>
       </c>
       <c r="B459" s="2" t="inlineStr">
         <is>
-          <t>Le roi Léopold III et la Société royale du jeu de balle du Sablon</t>
+          <t>Sainte Gudule</t>
         </is>
       </c>
       <c r="C459" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D459" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E459" s="2" t="inlineStr">
         <is>
-          <t>1938 - </t>
+          <t>1934 - </t>
         </is>
       </c>
       <c r="F459" s="2" t="inlineStr">
         <is>
-          <t>photographie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G459" s="2" t="inlineStr">
         <is>
-          <t>papier photographique</t>
-[...6 lines deleted...]
-      </c>
+          <t>plâtre</t>
+        </is>
+      </c>
+      <c r="H459" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="1" t="n">
-        <v>79756</v>
+        <v>53013</v>
       </c>
       <c r="B460" s="2" t="inlineStr">
         <is>
-          <t>Charles Viane.</t>
+          <t>Six photos de la visite du roi Léopold III à la société Royale de jeu de balles du Sablon</t>
         </is>
       </c>
       <c r="C460" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Uccle</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D460" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E460" s="2" t="inlineStr">
         <is>
-          <t>1943 - </t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F460" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G460" s="2"/>
-      <c r="H460" s="2"/>
+      <c r="G460" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H460" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="1" t="n">
-        <v>76392</v>
+        <v>48530</v>
       </c>
       <c r="B461" s="2" t="inlineStr">
         <is>
-          <t>Femme devant le Casino-Kursaal d'Ostende</t>
+          <t>Le roi Léopold III et la Société royale du jeu de balle du Sablon</t>
         </is>
       </c>
       <c r="C461" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D461" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E461" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1960</t>
+          <t>1938 - </t>
         </is>
       </c>
       <c r="F461" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G461" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H461" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="1" t="n">
-        <v>48537</v>
+        <v>79756</v>
       </c>
       <c r="B462" s="2" t="inlineStr">
         <is>
-          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis au Sablon</t>
+          <t>Charles Viane.</t>
         </is>
       </c>
       <c r="C462" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D462" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E462" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1965</t>
+          <t>1943 - </t>
         </is>
       </c>
       <c r="F462" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
-      <c r="G462" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G462" s="2"/>
+      <c r="H462" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="1" t="n">
-        <v>48538</v>
+        <v>76392</v>
       </c>
       <c r="B463" s="2" t="inlineStr">
         <is>
-          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis</t>
+          <t>Femme devant le Casino-Kursaal d'Ostende</t>
         </is>
       </c>
       <c r="C463" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D463" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Le Soir Bruxelles</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E463" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1965</t>
+          <t>1950 - 1960</t>
         </is>
       </c>
       <c r="F463" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G463" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H463" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="1" t="n">
-        <v>48536</v>
+        <v>48537</v>
       </c>
       <c r="B464" s="2" t="inlineStr">
         <is>
-          <t>Visite du Roi au jeu de balles</t>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis au Sablon</t>
         </is>
       </c>
       <c r="C464" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D464" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E464" s="2" t="inlineStr">
         <is>
-          <t>1956 - </t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F464" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G464" s="2" t="inlineStr">
         <is>
           <t>papier photographique</t>
         </is>
       </c>
       <c r="H464" s="2" t="inlineStr">
         <is>
           <t>tirage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="1" t="n">
-        <v>48691</v>
+        <v>48538</v>
       </c>
       <c r="B465" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Lucien Cooremans</t>
+          <t>Visite du roi Baudouin lors d'une rencontre de balle au tamis</t>
         </is>
       </c>
       <c r="C465" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D465" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / Le Soir Bruxelles</t>
         </is>
       </c>
       <c r="E465" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...4 lines deleted...]
-      <c r="H465" s="2"/>
+          <t>1955 - 1965</t>
+        </is>
+      </c>
+      <c r="F465" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G465" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H465" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="1" t="n">
-        <v>48692</v>
+        <v>48536</v>
       </c>
       <c r="B466" s="2" t="inlineStr">
         <is>
-          <t>Portrait du bourgmestre Lucien Cooremans</t>
+          <t>Visite du Roi au jeu de balles</t>
         </is>
       </c>
       <c r="C466" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D466" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E466" s="2" t="inlineStr">
         <is>
-          <t>1962 - </t>
-[...4 lines deleted...]
-      <c r="H466" s="2"/>
+          <t>1956 - </t>
+        </is>
+      </c>
+      <c r="F466" s="2" t="inlineStr">
+        <is>
+          <t>photographie</t>
+        </is>
+      </c>
+      <c r="G466" s="2" t="inlineStr">
+        <is>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H466" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="1" t="n">
-        <v>76414</v>
+        <v>48691</v>
       </c>
       <c r="B467" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme assise </t>
+          <t>Portrait du bourgmestre Lucien Cooremans</t>
         </is>
       </c>
       <c r="C467" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D467" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E467" s="2" t="inlineStr">
         <is>
-          <t>1964 - </t>
-[...16 lines deleted...]
-      </c>
+          <t>1962 - </t>
+        </is>
+      </c>
+      <c r="F467" s="2"/>
+      <c r="G467" s="2"/>
+      <c r="H467" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="1" t="n">
-        <v>48436</v>
+        <v>48692</v>
       </c>
       <c r="B468" s="2" t="inlineStr">
         <is>
-          <t>Statue de Manneken-Pis en deux morceaux</t>
+          <t>Portrait du bourgmestre Lucien Cooremans</t>
         </is>
       </c>
       <c r="C468" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D468" s="2" t="inlineStr">
         <is>
-          <t>Anonyme ,  / Duquesnoy, Hieronymus (Jérôme)</t>
+          <t>Anonyme</t>
         </is>
       </c>
       <c r="E468" s="2" t="inlineStr">
         <is>
-          <t>1966 - </t>
-[...16 lines deleted...]
-      </c>
+          <t>1962 - </t>
+        </is>
+      </c>
+      <c r="F468" s="2"/>
+      <c r="G468" s="2"/>
+      <c r="H468" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="1" t="n">
-        <v>53075</v>
+        <v>76414</v>
       </c>
       <c r="B469" s="2" t="inlineStr">
         <is>
-          <t>Truelle pour la pose de la première pierre du Centre Européen d'Importation </t>
+          <t>Portrait de femme assise </t>
         </is>
       </c>
       <c r="C469" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D469" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E469" s="2" t="inlineStr">
         <is>
-          <t>1979 - </t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F469" s="2" t="inlineStr">
         <is>
-          <t>objet commemoratif et distinctif</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G469" s="2" t="inlineStr">
         <is>
-          <t>argent, bois</t>
-[...2 lines deleted...]
-      <c r="H469" s="2"/>
+          <t>papier photographique</t>
+        </is>
+      </c>
+      <c r="H469" s="2" t="inlineStr">
+        <is>
+          <t>tirage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="1" t="n">
-        <v>52292</v>
+        <v>48436</v>
       </c>
       <c r="B470" s="2" t="inlineStr">
         <is>
-          <t>Plan de Bruxelles</t>
+          <t>Statue de Manneken-Pis en deux morceaux</t>
         </is>
       </c>
       <c r="C470" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D470" s="2" t="inlineStr">
         <is>
-          <t>Anonyme</t>
+          <t>Anonyme ,  / Duquesnoy, Hieronymus (Jérôme)</t>
         </is>
       </c>
       <c r="E470" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1966 - </t>
         </is>
       </c>
       <c r="F470" s="2" t="inlineStr">
         <is>
-          <t>plan</t>
+          <t>photographie</t>
         </is>
       </c>
       <c r="G470" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier photographique</t>
         </is>
       </c>
       <c r="H470" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="1" t="n">
-        <v>101369</v>
+        <v>53075</v>
       </c>
       <c r="B471" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Pierre Kompany</t>
+          <t>Truelle pour la pose de la première pierre du Centre Européen d'Importation </t>
         </is>
       </c>
       <c r="C471" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D471" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E471" s="2" t="inlineStr">
         <is>
-          <t>2018 - </t>
+          <t>1979 - </t>
         </is>
       </c>
       <c r="F471" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>objet commemoratif et distinctif</t>
         </is>
       </c>
       <c r="G471" s="2" t="inlineStr">
         <is>
-          <t>métal</t>
+          <t>argent, bois</t>
         </is>
       </c>
       <c r="H471" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="1" t="n">
-        <v>49825</v>
+        <v>52292</v>
       </c>
       <c r="B472" s="2" t="inlineStr">
         <is>
-          <t>Grand vase de jardin polychrome</t>
+          <t>Plan de Bruxelles</t>
         </is>
       </c>
       <c r="C472" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D472" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E472" s="2" t="inlineStr">
         <is>
-          <t>? - </t>
-[...2 lines deleted...]
-      <c r="F472" s="2"/>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F472" s="2" t="inlineStr">
+        <is>
+          <t>plan</t>
+        </is>
+      </c>
       <c r="G472" s="2" t="inlineStr">
         <is>
-          <t>faïence</t>
-[...2 lines deleted...]
-      <c r="H472" s="2"/>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H472" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="1" t="n">
-        <v>101286</v>
+        <v>101369</v>
       </c>
       <c r="B473" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Portrait de Pierre Kompany</t>
         </is>
       </c>
       <c r="C473" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D473" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E473" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
+          <t>2018 - </t>
         </is>
       </c>
       <c r="F473" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...7 lines deleted...]
-      </c>
+          <t>relief</t>
+        </is>
+      </c>
+      <c r="G473" s="2" t="inlineStr">
+        <is>
+          <t>métal</t>
+        </is>
+      </c>
+      <c r="H473" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="1" t="n">
-        <v>95120</v>
+        <v>49825</v>
       </c>
       <c r="B474" s="2" t="inlineStr">
         <is>
-          <t>Sans titre</t>
+          <t>Grand vase de jardin polychrome</t>
         </is>
       </c>
       <c r="C474" s="2" t="inlineStr">
         <is>
-          <t>Université libre de Bruxelles - ULB Culture</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D474" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E474" s="2" t="inlineStr">
         <is>
-          <t>s.d. - </t>
-[...6 lines deleted...]
-      </c>
+          <t>? - </t>
+        </is>
+      </c>
+      <c r="F474" s="2"/>
       <c r="G474" s="2" t="inlineStr">
         <is>
-          <t>cire</t>
-[...6 lines deleted...]
-      </c>
+          <t>faïence</t>
+        </is>
+      </c>
+      <c r="H474" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="1" t="n">
-        <v>95220</v>
+        <v>95120</v>
       </c>
       <c r="B475" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C475" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D475" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E475" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F475" s="2" t="inlineStr">
         <is>
-          <t>gravure</t>
-[...2 lines deleted...]
-      <c r="G475" s="2"/>
+          <t>sculpture</t>
+        </is>
+      </c>
+      <c r="G475" s="2" t="inlineStr">
+        <is>
+          <t>cire</t>
+        </is>
+      </c>
       <c r="H475" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="1" t="n">
-        <v>95221</v>
+        <v>95220</v>
       </c>
       <c r="B476" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C476" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D476" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E476" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F476" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>gravure</t>
         </is>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="1" t="n">
-        <v>95222</v>
+        <v>95221</v>
       </c>
       <c r="B477" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C477" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D477" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E477" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F477" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G477" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G477" s="2"/>
       <c r="H477" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="1" t="n">
-        <v>95223</v>
+        <v>95222</v>
       </c>
       <c r="B478" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C478" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D478" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E478" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F478" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G478" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H478" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="1" t="n">
-        <v>95224</v>
+        <v>95223</v>
       </c>
       <c r="B479" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
       <c r="C479" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D479" s="2" t="inlineStr">
         <is>
           <t>Anonyme</t>
         </is>
       </c>
       <c r="E479" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F479" s="2" t="inlineStr">
         <is>
-          <t>collage</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G479" s="2" t="inlineStr">
         <is>
-          <t>peinture, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H479" s="2" t="inlineStr">
         <is>
-          <t>collé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="1" t="n">
+        <v>95224</v>
+      </c>
+      <c r="B480" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C480" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D480" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E480" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F480" s="2" t="inlineStr">
+        <is>
+          <t>collage</t>
+        </is>
+      </c>
+      <c r="G480" s="2" t="inlineStr">
+        <is>
+          <t>peinture, papier</t>
+        </is>
+      </c>
+      <c r="H480" s="2" t="inlineStr">
+        <is>
+          <t>collé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
+      <c r="A481" s="1" t="n">
         <v>95363</v>
       </c>
-      <c r="B480" s="2" t="inlineStr">
+      <c r="B481" s="2" t="inlineStr">
         <is>
           <t>Sans titre</t>
         </is>
       </c>
-      <c r="C480" s="2" t="inlineStr">
+      <c r="C481" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
-      <c r="D480" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E480" s="2" t="inlineStr">
+      <c r="D481" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E481" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F480" s="2" t="inlineStr">
+      <c r="F481" s="2" t="inlineStr">
         <is>
           <t>collage</t>
         </is>
       </c>
-      <c r="G480" s="2"/>
-      <c r="H480" s="2" t="inlineStr">
+      <c r="G481" s="2"/>
+      <c r="H481" s="2" t="inlineStr">
         <is>
           <t>collé</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
+      <c r="A482" s="1" t="n">
+        <v>101286</v>
+      </c>
+      <c r="B482" s="2" t="inlineStr">
+        <is>
+          <t>Sans titre</t>
+        </is>
+      </c>
+      <c r="C482" s="2" t="inlineStr">
+        <is>
+          <t>Université libre de Bruxelles - ULB Culture</t>
+        </is>
+      </c>
+      <c r="D482" s="2" t="inlineStr">
+        <is>
+          <t>Anonyme</t>
+        </is>
+      </c>
+      <c r="E482" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F482" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G482" s="2"/>
+      <c r="H482" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>