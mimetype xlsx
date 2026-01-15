--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -371,165 +371,165 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>30669</v>
+        <v>43660</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Projet de vitrail pour le choeur de l'Eglise Notre-Dame de la Cambre (projet n°2)</t>
+          <t>Sainte Trinité et anges thuriféraires</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine)</t>
+          <t>Anto-Carte, (Antoine) / Colpaert [atelier]</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>gouache, crayon, papier</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, dessin</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>30697</v>
+        <v>30669</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Projet de vitrail pour le choeur de l'Eglise Notre-Dame de la Cambre (projet n°1)</t>
+          <t>Projet de vitrail pour le choeur de l'Eglise Notre-Dame de la Cambre (projet n°2)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, gouache</t>
+          <t>gouache, crayon, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique de peinture</t>
+          <t>technique de peinture, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>43660</v>
+        <v>30697</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Sainte Trinité et anges thuriféraires</t>
+          <t>Projet de vitrail pour le choeur de l'Eglise Notre-Dame de la Cambre (projet n°1)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine) / Colpaert [atelier]</t>
+          <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>crayon, papier, gouache</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>dessin, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>35049</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Chemin de Croix</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Anto-Carte, (Antoine)</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>