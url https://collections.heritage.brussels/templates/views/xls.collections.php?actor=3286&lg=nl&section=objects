--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -219,1720 +219,1720 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>51135</v>
+        <v>51134</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le couloir nord de l’impasse de la Perle-d’amour</t>
+          <t>Le couloir sud de l’impasse de la Perle-d’amour</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>51136</v>
+        <v>51135</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La cour de l’impasse de la Perle-d’amour</t>
+          <t>Le couloir nord de l’impasse de la Perle-d’amour</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>36740</v>
+        <v>51136</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La rue Villa-Hermosa </t>
+          <t>La cour de l’impasse de la Perle-d’amour</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>36741</v>
+        <v>36740</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>La rue Ravenstein, vers la rue Montagne de la Cour</t>
+          <t>La rue Villa-Hermosa </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, aquarelle</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>36742</v>
+        <v>36741</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La rue des Trois Têtes</t>
+          <t>La rue Ravenstein, vers la rue Montagne de la Cour</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>36743</v>
+        <v>36742</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>L'impasse Saint-Roch</t>
+          <t>La rue des Trois Têtes</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>46614</v>
+        <v>36743</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le palais de Nassau</t>
+          <t>L'impasse Saint-Roch</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Carabain, Jacques / van Tilborgh, Gillis / Van Schoor, Willem</t>
+          <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>46772</v>
+        <v>46614</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La rue d'Isabelle</t>
+          <t>Le palais de Nassau</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Carabain, Jacques</t>
+          <t>Carabain, Jacques / van Tilborgh, Gillis / Van Schoor, Willem</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>46799</v>
+        <v>46772</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>La rue Terarken</t>
+          <t>La rue d'Isabelle</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>technique de peinture, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>46800</v>
+        <v>46799</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La rue Ravenstein vue vers la rue Terarken</t>
+          <t>La rue Terarken</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>46802</v>
+        <v>46800</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La pompe de la rue Ravenstein</t>
+          <t>La rue Ravenstein vue vers la rue Terarken</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>46803</v>
+        <v>46802</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La rue Notre-Dame en direction de la Montagne de la Cour</t>
+          <t>La pompe de la rue Ravenstein</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>crayon, aquarelle, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>46804</v>
+        <v>46803</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>La rue Notre-Dame en direction de la rue Terarken</t>
+          <t>La rue Notre-Dame en direction de la Montagne de la Cour</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>crayon, aquarelle, papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>46806</v>
+        <v>46804</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>L'impasse Saint-Roch</t>
+          <t>La rue Notre-Dame en direction de la rue Terarken</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>46808</v>
+        <v>46806</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>L'impasse Saint-Roch </t>
+          <t>L'impasse Saint-Roch</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>46809</v>
+        <v>46808</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>L'impasse Saint-Roch </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>69728</v>
+        <v>46809</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de 59 aquarelles de Bruxelles</t>
+          <t>L'impasse Saint-Roch </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1894 - 1897</t>
+          <t>1894 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>51126</v>
+        <v>69728</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La rue des Sols en direction de la rue Terarken</t>
+          <t>Ensemble de 59 aquarelles de Bruxelles</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1894 - </t>
+          <t>1894 - 1897</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>51134</v>
+        <v>51126</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Le couloir sud de l’impasse de la Perle-d’amour</t>
+          <t>La rue des Sols en direction de la rue Terarken</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>51137</v>
+        <v>51127</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Le portail d’entrée de la rue de la Cigogne, rue du Rempart des Moines</t>
+          <t>L’entrée de l’impasse de la Pervenche et de l’Enfer</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>51138</v>
+        <v>51128</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La rue d'Amsterdam et le bâtiment des douanes</t>
+          <t>L'impasse de l'Enfer </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>51139</v>
+        <v>51129</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>L'ancien entrepôt vu du quai du Commerce</t>
+          <t>L'impasse de la Pervenche</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>51140</v>
+        <v>51131</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>L'ancien entrepôt vu de la rue de l'Ophem</t>
+          <t>La rue d'Alost</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1895</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>51141</v>
+        <v>51132</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La rue des Moutons à Molenbeek</t>
+          <t>La rue du Bummel</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>51143</v>
+        <v>51133</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le bassin du Commerce</t>
+          <t>L’impasse du Laboureur</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>51144</v>
+        <v>51137</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le bassin du Commerce</t>
+          <t>Le portail d’entrée de la rue de la Cigogne, rue du Rempart des Moines</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>51116</v>
+        <v>51138</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La rue de la Clé</t>
+          <t>La rue d'Amsterdam et le bâtiment des douanes</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>51117</v>
+        <v>51139</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>L'intérieur de l'impasse de l'Ormeau</t>
+          <t>L'ancien entrepôt vu du quai du Commerce</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>51118</v>
+        <v>51140</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>L'entrée de l'impasse de l'Ormeau</t>
+          <t>L'ancien entrepôt vu de la rue de l'Ophem</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>51119</v>
+        <v>51141</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>La deuxième entrée de l’impasse de l’Ormeau</t>
+          <t>La rue des Moutons à Molenbeek</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>51120</v>
+        <v>51143</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>L'impasse de l'Arc-en-ciel</t>
+          <t>Le bassin du Commerce</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>51121</v>
+        <v>51144</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>L'impasse du Roulier, rue de Flandre</t>
+          <t>Le bassin du Commerce</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier, papier, aquarelle</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>51122</v>
+        <v>51116</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Vue intérieure de l’impasse du Roulier, rue de Flandre</t>
+          <t>La rue de la Clé</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, papier</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>51123</v>
+        <v>51117</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La rue Montagne de la Cour vue en direction du bas de la ville</t>
+          <t>L'intérieur de l'impasse de l'Ormeau</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>51124</v>
+        <v>51118</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>La rue Montagne de la Cour vue de la rue de la Madeleine</t>
+          <t>L'entrée de l'impasse de l'Ormeau</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>51125</v>
+        <v>51119</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>La rue des Sols en direction du Cantersteen</t>
+          <t>La deuxième entrée de l’impasse de l’Ormeau</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>51127</v>
+        <v>51120</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>L’entrée de l’impasse de la Pervenche et de l’Enfer</t>
+          <t>L'impasse de l'Arc-en-ciel</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>51128</v>
+        <v>51121</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>L'impasse de l'Enfer </t>
+          <t>L'impasse du Roulier, rue de Flandre</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>papier, papier, aquarelle</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>51129</v>
+        <v>51122</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>L'impasse de la Pervenche</t>
+          <t>Vue intérieure de l’impasse du Roulier, rue de Flandre</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>papier, aquarelle, papier</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>51131</v>
+        <v>51123</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>La rue d'Alost</t>
+          <t>La rue Montagne de la Cour vue en direction du bas de la ville</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1895</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>51132</v>
+        <v>51124</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>La rue du Bummel</t>
+          <t>La rue Montagne de la Cour vue de la rue de la Madeleine</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>51133</v>
+        <v>51125</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>L’impasse du Laboureur</t>
+          <t>La rue des Sols en direction du Cantersteen</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
         <v>51145</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>La Place du Grand Sablon et la fontaine</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>