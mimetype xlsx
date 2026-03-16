--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -979,935 +979,935 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1894 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>51127</v>
+        <v>51133</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>L’entrée de l’impasse de la Pervenche et de l’Enfer</t>
+          <t>L’impasse du Laboureur</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>51128</v>
+        <v>51137</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>L'impasse de l'Enfer </t>
+          <t>Le portail d’entrée de la rue de la Cigogne, rue du Rempart des Moines</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>51129</v>
+        <v>51138</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>L'impasse de la Pervenche</t>
+          <t>La rue d'Amsterdam et le bâtiment des douanes</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>51131</v>
+        <v>51139</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>La rue d'Alost</t>
+          <t>L'ancien entrepôt vu du quai du Commerce</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1895</t>
+          <t>1895 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>51132</v>
+        <v>51140</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La rue du Bummel</t>
+          <t>L'ancien entrepôt vu de la rue de l'Ophem</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>51133</v>
+        <v>51141</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>L’impasse du Laboureur</t>
+          <t>La rue des Moutons à Molenbeek</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>51137</v>
+        <v>51143</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le portail d’entrée de la rue de la Cigogne, rue du Rempart des Moines</t>
+          <t>Le bassin du Commerce</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>51138</v>
+        <v>51144</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La rue d'Amsterdam et le bâtiment des douanes</t>
+          <t>Le bassin du Commerce</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>51139</v>
+        <v>51116</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>L'ancien entrepôt vu du quai du Commerce</t>
+          <t>La rue de la Clé</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>51140</v>
+        <v>51117</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>L'ancien entrepôt vu de la rue de l'Ophem</t>
+          <t>L'intérieur de l'impasse de l'Ormeau</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>51141</v>
+        <v>51118</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>La rue des Moutons à Molenbeek</t>
+          <t>L'entrée de l'impasse de l'Ormeau</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>51143</v>
+        <v>51119</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le bassin du Commerce</t>
+          <t>La deuxième entrée de l’impasse de l’Ormeau</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>51144</v>
+        <v>51120</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Le bassin du Commerce</t>
+          <t>L'impasse de l'Arc-en-ciel</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>51116</v>
+        <v>51121</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>La rue de la Clé</t>
+          <t>L'impasse du Roulier, rue de Flandre</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>papier, papier, aquarelle</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>51117</v>
+        <v>51122</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>L'intérieur de l'impasse de l'Ormeau</t>
+          <t>Vue intérieure de l’impasse du Roulier, rue de Flandre</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>51118</v>
+        <v>51123</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>L'entrée de l'impasse de l'Ormeau</t>
+          <t>La rue Montagne de la Cour vue en direction du bas de la ville</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>51119</v>
+        <v>51124</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>La deuxième entrée de l’impasse de l’Ormeau</t>
+          <t>La rue Montagne de la Cour vue de la rue de la Madeleine</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>aquarelle, crayon, papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>51120</v>
+        <v>51125</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>L'impasse de l'Arc-en-ciel</t>
+          <t>La rue des Sols en direction du Cantersteen</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>51121</v>
+        <v>51127</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>L'impasse du Roulier, rue de Flandre</t>
+          <t>L’entrée de l’impasse de la Pervenche et de l’Enfer</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>papier, papier, aquarelle</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>51122</v>
+        <v>51128</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Vue intérieure de l’impasse du Roulier, rue de Flandre</t>
+          <t>L'impasse de l'Enfer </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>51123</v>
+        <v>51129</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>La rue Montagne de la Cour vue en direction du bas de la ville</t>
+          <t>L'impasse de la Pervenche</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>51124</v>
+        <v>51131</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>La rue Montagne de la Cour vue de la rue de la Madeleine</t>
+          <t>La rue d'Alost</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1895 - </t>
+          <t>1895 - 1895</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, crayon, papier</t>
+          <t>papier, aquarelle, crayon</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>51125</v>
+        <v>51132</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>La rue des Sols en direction du Cantersteen</t>
+          <t>La rue du Bummel</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Carabain, Jacques</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1895 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle, crayon</t>