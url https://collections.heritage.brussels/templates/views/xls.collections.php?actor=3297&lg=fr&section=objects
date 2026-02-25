--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H66"/>
+  <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -735,462 +735,462 @@
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>83912</v>
+        <v>47240</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Maternité</t>
+          <t>Nature morte avec pommes et éventails</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E20" s="2"/>
-      <c r="F20" s="2"/>
+      <c r="F20" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>47240</v>
+        <v>83912</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec pommes et éventails</t>
+          <t>Maternité</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E21" s="2"/>
-      <c r="F21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>83915</v>
+        <v>83577</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Baigneuses à St-Nectaire</t>
+          <t>Cardinal</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
-[...2 lines deleted...]
-      <c r="H22" s="2"/>
+          <t>encre de chine, gouache, carton</t>
+        </is>
+      </c>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>83577</v>
+        <v>83915</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Cardinal</t>
+          <t>Baigneuses à St-Nectaire</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, gouache, carton</t>
-[...6 lines deleted...]
-      </c>
+          <t>aquarelle</t>
+        </is>
+      </c>
+      <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>83917</v>
+        <v>83578</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Village espagnol</t>
+          <t>Enlèvement</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E24" s="2"/>
-      <c r="F24" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F24" s="2"/>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>83578</v>
+        <v>83917</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Enlèvement</t>
+          <t>Village espagnol</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E25" s="2"/>
-      <c r="F25" s="2"/>
+      <c r="F25" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H25" s="2"/>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H25" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>83921</v>
+        <v>83617</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>L'oracle</t>
+          <t>Le pigeon mort</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>83617</v>
+        <v>83921</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le pigeon mort</t>
+          <t>L'oracle</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
-[...2 lines deleted...]
-      <c r="H27" s="2"/>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H27" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>83925</v>
+        <v>83752</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le clarinettiste</t>
+          <t>La femme blonde</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
-      <c r="G28" s="2"/>
+      <c r="G28" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>83752</v>
+        <v>83925</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La femme blonde</t>
+          <t>Le clarinettiste</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
-      <c r="G29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>83930</v>
+        <v>83764</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Tête de femme</t>
+          <t>Pêcheurs</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>83764</v>
+        <v>83930</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Pêcheurs</t>
+          <t>Tête de femme</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>83934</v>
+        <v>83765</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les terres rouges</t>
+          <t>Intérieur espagnol</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
-      <c r="G32" s="2"/>
+      <c r="G32" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>83765</v>
+        <v>83934</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Intérieur espagnol</t>
+          <t>Les terres rouges</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
-      <c r="G33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
         <v>83832</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Paysans aux champs</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2" t="inlineStr">
         <is>
@@ -1307,955 +1307,991 @@
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>83960</v>
+        <v>83848</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>9 études de portraits</t>
+          <t>Avila</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E39" s="2"/>
-      <c r="F39" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>83848</v>
+        <v>83960</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Avila</t>
+          <t>9 études de portraits</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>83961</v>
+        <v>83849</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Deux marins</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...2 lines deleted...]
-      <c r="G41" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>83849</v>
+        <v>83961</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Deux marins</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G42" s="2"/>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>83965</v>
+        <v>83851</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>L'odalisque</t>
+          <t>D'entre les morts</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E43" s="2"/>
-      <c r="F43" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F43" s="2"/>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>83851</v>
+        <v>83965</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>D'entre les morts</t>
+          <t>L'odalisque</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E44" s="2"/>
-      <c r="F44" s="2"/>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>83853</v>
+        <v>83852</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>La plage</t>
+          <t>Trois nus</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, aquarelle</t>
+          <t>encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>83976</v>
+        <v>83853</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>2 nus féminins</t>
+          <t>La plage</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E46" s="2"/>
-      <c r="F46" s="2"/>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre de chine, aquarelle</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>83857</v>
+        <v>83976</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Buste vu de dos</t>
+          <t>2 nus féminins</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>83977</v>
+        <v>83857</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Couple et deux femmes enlacées</t>
+          <t>Buste vu de dos</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>83859</v>
+        <v>83977</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Nu féminin</t>
+          <t>Couple et deux femmes enlacées</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>83980</v>
+        <v>83859</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Deux femmes, un homme</t>
+          <t>Nu féminin</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E50" s="2"/>
-      <c r="F50" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>encre</t>
+        </is>
+      </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique de dessin</t>
+          <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>83863</v>
+        <v>83980</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Deux femmes, un homme</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E51" s="2"/>
-      <c r="F51" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F51" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>lavis</t>
+          <t>technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>83983</v>
+        <v>83863</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>83833</v>
+        <v>83983</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>La vieille dame</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
-      <c r="E53" s="2" t="inlineStr">
-[...10 lines deleted...]
-      <c r="H53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H53" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>83958</v>
+        <v>83833</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Buste de femme</t>
+          <t>La vieille dame</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1941 - 1960</t>
-[...12 lines deleted...]
-      </c>
+          <t>1941 - </t>
+        </is>
+      </c>
+      <c r="F54" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>83843</v>
+        <v>83958</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>La malade</t>
+          <t>Buste de femme</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1948</t>
+          <t>1941 - 1960</t>
         </is>
       </c>
       <c r="F55" s="2"/>
-      <c r="G55" s="2"/>
-      <c r="H55" s="2"/>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H55" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>83969</v>
+        <v>83843</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>La douairière</t>
+          <t>La malade</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1949 - </t>
+          <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F56" s="2"/>
-      <c r="G56" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>84015</v>
+        <v>83969</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Penseur</t>
+          <t>La douairière</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1950</t>
+          <t>1949 - </t>
         </is>
       </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>83847</v>
+        <v>84015</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Penseur</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
-          <t>1953 - </t>
+          <t>1950 - 1950</t>
         </is>
       </c>
       <c r="F58" s="2"/>
-      <c r="G58" s="2"/>
-      <c r="H58" s="2"/>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H58" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>84002</v>
+        <v>83847</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille triste</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
-          <t>1954 - </t>
+          <t>1953 - </t>
         </is>
       </c>
       <c r="F59" s="2"/>
-      <c r="G59" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>83967</v>
+        <v>84002</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Femme assise</t>
+          <t>Jeune fille triste</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
-          <t>1954 - 1954</t>
-[...8 lines deleted...]
-      <c r="H60" s="2"/>
+          <t>1954 - </t>
+        </is>
+      </c>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H60" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>83937</v>
+        <v>83967</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Colloque religieux à Dax</t>
+          <t>Femme assise</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1955 - </t>
-[...2 lines deleted...]
-      <c r="F61" s="2"/>
+          <t>1954 - 1954</t>
+        </is>
+      </c>
+      <c r="F61" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>83884</v>
+        <v>83937</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Indonésienne</t>
+          <t>Colloque religieux à Dax</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1957 - </t>
+          <t>1955 - </t>
         </is>
       </c>
       <c r="F62" s="2"/>
-      <c r="G62" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>83855</v>
+        <v>83884</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Le pigeon mort</t>
+          <t>Indonésienne</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1957 - 1957</t>
+          <t>1957 - </t>
         </is>
       </c>
       <c r="F63" s="2"/>
-      <c r="G63" s="2"/>
-      <c r="H63" s="2"/>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H63" s="2" t="inlineStr">
+        <is>
+          <t>lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>84021</v>
+        <v>83855</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait</t>
+          <t>Le pigeon mort</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1959 - </t>
+          <t>1957 - 1957</t>
         </is>
       </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>83897</v>
+        <v>84021</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Espagnols en deuil</t>
+          <t>Autoportrait</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1959 - </t>
         </is>
       </c>
       <c r="F65" s="2"/>
-      <c r="G65" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>83908</v>
+        <v>83897</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Nu à l'atelier</t>
+          <t>Espagnols en deuil</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Charles</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H66" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="1" t="n">
+        <v>83908</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Nu à l'atelier</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>Parlement bruxellois</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Counhaye, Charles</t>
+        </is>
+      </c>
+      <c r="E67" s="2" t="inlineStr">
+        <is>
+          <t>1960 - </t>
+        </is>
+      </c>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, panneau</t>
+        </is>
+      </c>
+      <c r="H67" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>