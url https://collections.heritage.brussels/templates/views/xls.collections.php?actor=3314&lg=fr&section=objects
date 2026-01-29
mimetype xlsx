--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -399,881 +399,881 @@
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>36708</v>
+        <v>36751</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Les quatre saisons</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>36751</v>
+        <v>51806</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les quatre saisons</t>
+          <t>Bas-relief à l'effigie d'Alfred Mabille, directeur de l'Instruction Publique</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1943</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>51806</v>
+        <v>66534</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief à l'effigie d'Alfred Mabille, directeur de l'Instruction Publique</t>
+          <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1943</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H10" s="2"/>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>66534</v>
+        <v>36708</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>De Rudder, Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>36709</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>L'été</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>95560</v>
+        <v>36710</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>L'Éducation</t>
+          <t>L'automne</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>95561</v>
+        <v>36711</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95562</v>
+        <v>95560</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les Loisirs</t>
+          <t>L'Éducation</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>95563</v>
+        <v>95561</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Repos</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>36710</v>
+        <v>95562</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>L'automne</t>
+          <t>Les Loisirs</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>36711</v>
+        <v>95563</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Le Repos</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>95558</v>
+        <v>66233</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les Fiançailles</t>
+          <t>Prudence</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>groupe sculpté</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>95559</v>
+        <v>66234</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La Famille</t>
+          <t>Force</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1912</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>95564</v>
+        <v>95558</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>La Vieillesse</t>
+          <t>Les Fiançailles</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1908</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>66233</v>
+        <v>95559</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Prudence</t>
+          <t>La Famille</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>De Rudder,  Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>66234</v>
+        <v>95564</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Force</t>
+          <t>La Vieillesse</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>De Rudder,  Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1912</t>
+          <t>1904 - 1908</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>96788</v>
+        <v>95557</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La famille</t>
+          <t>Le Mariage</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>De Rudder,  Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1920</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>image imprimée</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>96789</v>
+        <v>96788</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>La fin de la vie</t>
+          <t>La famille</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>96790</v>
+        <v>96789</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les noces d'argent</t>
+          <t>La fin de la vie</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>96791</v>
+        <v>96790</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le travail</t>
+          <t>Les noces d'argent</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>95557</v>
+        <v>96791</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le Mariage</t>
+          <t>Le travail</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>image imprimée</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>51796</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Plaquette : Vers l'entente</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>