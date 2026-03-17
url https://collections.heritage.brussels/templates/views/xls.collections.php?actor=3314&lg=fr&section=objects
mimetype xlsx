--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -399,881 +399,881 @@
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>36751</v>
+        <v>36708</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les quatre saisons</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>51806</v>
+        <v>36751</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief à l'effigie d'Alfred Mabille, directeur de l'Instruction Publique</t>
+          <t>Les quatre saisons</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>De Rudder, Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1943</t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
-[...2 lines deleted...]
-      <c r="H9" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>broderie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>66534</v>
+        <v>51806</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
+          <t>Bas-relief à l'effigie d'Alfred Mabille, directeur de l'Instruction Publique</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1943</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36708</v>
+        <v>66534</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>36709</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>L'été</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>36710</v>
+        <v>95561</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>L'automne</t>
+          <t>Le Travail</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>36711</v>
+        <v>95562</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>L'hiver</t>
+          <t>Les Loisirs</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1903</t>
+          <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95560</v>
+        <v>95563</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'Éducation</t>
+          <t>Le Repos</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>95561</v>
+        <v>36710</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Travail</t>
+          <t>L'automne</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>95562</v>
+        <v>36711</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les Loisirs</t>
+          <t>L'hiver</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1903 - 1908</t>
+          <t>1903 - 1903</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>95563</v>
+        <v>95560</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le Repos</t>
+          <t>L'Éducation</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1903 - 1908</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>66233</v>
+        <v>95564</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Prudence</t>
+          <t>La Vieillesse</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>De Rudder,  Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1908</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>marbre</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de sculpture</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>66234</v>
+        <v>66233</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Force</t>
+          <t>Prudence</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1912</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>statue</t>
+          <t>groupe sculpté</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>marbre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>95558</v>
+        <v>66234</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les Fiançailles</t>
+          <t>Force</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1904 - </t>
+          <t>1904 - 1912</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>statue</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>marbre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>95559</v>
+        <v>95558</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>La Famille</t>
+          <t>Les Fiançailles</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>95564</v>
+        <v>95559</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La Vieillesse</t>
+          <t>La Famille</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1904 - 1908</t>
+          <t>1904 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>95557</v>
+        <v>96788</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Le Mariage</t>
+          <t>La famille</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1905 - </t>
+          <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>image imprimée</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>96788</v>
+        <v>96789</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>La famille</t>
+          <t>La fin de la vie</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>96789</v>
+        <v>96790</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La fin de la vie</t>
+          <t>Les noces d'argent</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>96790</v>
+        <v>96791</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les noces d'argent</t>
+          <t>Le travail</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>De Rudder,  Isidore</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1905 - 1920</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>96791</v>
+        <v>95557</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le travail</t>
+          <t>Le Mariage</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>De Rudder,  Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1905 - 1920</t>
+          <t>1905 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>image imprimée</t>
+          <t>broderie</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
         <v>51796</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Plaquette : Vers l'entente</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>