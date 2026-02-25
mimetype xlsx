--- v0 (2025-12-14)
+++ v1 (2026-02-25)
@@ -399,203 +399,203 @@
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>51806</v>
+        <v>66534</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Bas-relief à l'effigie d'Alfred Mabille, directeur de l'Instruction Publique</t>
+          <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1943</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>relief</t>
+          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H8" s="2"/>
+      <c r="H8" s="2" t="inlineStr">
+        <is>
+          <t>technique de fonte</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>66534</v>
+        <v>36708</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Médaille : Cinquantenaire de la Firme Wolfers</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée Juif de Belgique</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>De Rudder, Isidore</t>
+          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>objets ou collections numismatiques ou scientifiques, médailles</t>
+          <t>textile</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de fonte</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>36708</v>
+        <v>36751</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Les quatre saisons</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1900 - 1904</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>36751</v>
+        <v>51806</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Les quatre saisons</t>
+          <t>Bas-relief à l'effigie d'Alfred Mabille, directeur de l'Instruction Publique</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
+          <t>De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1904</t>
+          <t>1900 - 1943</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>textile</t>
+          <t>relief</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>36709</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>L'été</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>du Ménil-De Rudder, Hélène / De Rudder, Isidore</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1902 - 1902</t>
         </is>
       </c>