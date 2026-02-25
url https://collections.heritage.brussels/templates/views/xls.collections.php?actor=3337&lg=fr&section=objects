--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -344,51 +344,51 @@
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>77384</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Cafetière et capucines</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Evenepoel, Henri</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>