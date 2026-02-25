--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -1047,116 +1047,116 @@
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>93871</v>
+        <v>93874</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Femmes et enfants sur la plage</t>
+          <t>Cabines sur la plage</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>93874</v>
+        <v>93871</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Cabines sur la plage</t>
+          <t>Femmes et enfants sur la plage</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1919 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>68450</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Jehan Frison, La maison des hiboux (carton d'invitation), gravure, 1922.</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Frison, Jehan</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>