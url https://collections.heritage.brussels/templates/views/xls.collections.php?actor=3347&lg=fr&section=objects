--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -179,240 +179,240 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>83670</v>
+        <v>29224</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Dimanche</t>
+          <t>Coin du port de Villefranche</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83789</v>
+        <v>29261</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'amour conjugal</t>
+          <t>Etude</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Parlement bruxellois</t>
+          <t>Musée d'Ixelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>93878</v>
+        <v>83670</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le cyclone</t>
+          <t>Dimanche</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée Charlier</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>102897</v>
+        <v>83789</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Soleil spirituel</t>
+          <t>L'amour conjugal</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, encre, crayon de couleur</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>29224</v>
+        <v>93878</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Coin du port de Villefranche</t>
+          <t>Le cyclone</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée Charlier</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre de chine, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>29261</v>
+        <v>102897</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Etude</t>
+          <t>Sans titre - Soleil spirituel</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée d'Ixelles</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>papier, encre, crayon de couleur</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>77370</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>La Gamme d’amour</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1890 - 1976</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
@@ -524,51 +524,51 @@
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>40196</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Terrain à bâtir</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
@@ -644,51 +644,51 @@
           <t>dessin</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>77265</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Les yeux d'Ensor</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Gailliard, Jean-Jacques</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>