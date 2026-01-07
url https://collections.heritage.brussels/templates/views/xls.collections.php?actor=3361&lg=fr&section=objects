--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -575,655 +575,655 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1839 - 1924</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>49200</v>
+        <v>47322</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Mademoiselle G. Hermans, future Madame Charon-Hermans</t>
+          <t>Dunes</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49201</v>
+        <v>47324</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Souvenir du jardin au printemps</t>
+          <t>Portrait de Mlle Charon avec un tablier</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49202</v>
+        <v>47325</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Vue du cap Martin</t>
+          <t>Vue de Menton</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49203</v>
+        <v>47326</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Mlle E. Charon, assise sur un banc dans un parc</t>
+          <t>Vue sur la mer en matinée à Menton</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49204</v>
+        <v>47327</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Mademoiselle Charon avec son chien</t>
+          <t>Le cap Martin le matin</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>47322</v>
+        <v>47328</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Dunes</t>
+          <t>Fillette sur un banc dans un jardin</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>47324</v>
+        <v>47329</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Mlle Charon avec un tablier</t>
+          <t>Mer blanche à Menton</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>47325</v>
+        <v>47330</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Vue de Menton</t>
+          <t>Barque au soleil couchant à Martigues</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>47326</v>
+        <v>47331</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Vue sur la mer en matinée à Menton</t>
+          <t>Voilier à Martigues</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>47327</v>
+        <v>47333</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Le cap Martin le matin</t>
+          <t>Femme couchée au bord de la mer</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>47328</v>
+        <v>47341</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Fillette sur un banc dans un jardin</t>
+          <t>Portrait en buste de Mme Galler, la mère de l'artiste</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>47329</v>
+        <v>49200</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Mer blanche à Menton</t>
+          <t>Portrait de Mademoiselle G. Hermans, future Madame Charon-Hermans</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>47330</v>
+        <v>49201</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Barque au soleil couchant à Martigues</t>
+          <t>Souvenir du jardin au printemps</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>47331</v>
+        <v>49202</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Voilier à Martigues</t>
+          <t>Vue du cap Martin</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>47333</v>
+        <v>49203</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Femme couchée au bord de la mer</t>
+          <t>Mlle E. Charon, assise sur un banc dans un parc</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>47341</v>
+        <v>49204</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Portrait en buste de Mme Galler, la mère de l'artiste</t>
+          <t>Mademoiselle Charon avec son chien</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1255,655 +1255,655 @@
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1924</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>49111</v>
+        <v>65625</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Le morceau favori (femme au piano)</t>
+          <t>Allégorie de la Vérité </t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>carton, pastel</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>49112</v>
+        <v>47323</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Femme devant un foyer</t>
+          <t>Portrait de Madame Galler, la mère du peintre</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>49113</v>
+        <v>47334</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le tour du propriétaire</t>
+          <t>Nonchalance orientale</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>49115</v>
+        <v>49107</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Aube à Venise</t>
+          <t>La paix. Allégorie de la guerre</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>49116</v>
+        <v>49109</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Martyr du travail. Catastrophe dans la mine</t>
+          <t>Portrait d'une femme à l'ombre</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>49117</v>
+        <v>49110</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Emile Hermans enfant</t>
+          <t>Hommage à l'Amérique</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>49120</v>
+        <v>49111</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>La campagne dans les environs de Rome</t>
+          <t>Le morceau favori (femme au piano)</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>49314</v>
+        <v>49112</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Altruisme. Esquisse</t>
+          <t>Femme devant un foyer</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>49454</v>
+        <v>49113</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Femme couchée sur le sable</t>
+          <t>Le tour du propriétaire</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>49479</v>
+        <v>49115</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Altruisme</t>
+          <t>Aube à Venise</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>65625</v>
+        <v>49116</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de la Vérité </t>
+          <t>Martyr du travail. Catastrophe dans la mine</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>carton, pastel</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>47323</v>
+        <v>49117</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Galler, la mère du peintre</t>
+          <t>Portrait d'Emile Hermans enfant</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>47334</v>
+        <v>49120</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Nonchalance orientale</t>
+          <t>La campagne dans les environs de Rome</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>49107</v>
+        <v>49314</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>La paix. Allégorie de la guerre</t>
+          <t>Altruisme. Esquisse</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>49109</v>
+        <v>49454</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une femme à l'ombre</t>
+          <t>Femme couchée sur le sable</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>49110</v>
+        <v>49479</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Hommage à l'Amérique</t>
+          <t>Altruisme</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>