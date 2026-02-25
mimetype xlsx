--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -575,655 +575,655 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1839 - 1924</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>47322</v>
+        <v>49200</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Dunes</t>
+          <t>Portrait de Mademoiselle G. Hermans, future Madame Charon-Hermans</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>47324</v>
+        <v>49201</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Mlle Charon avec un tablier</t>
+          <t>Souvenir du jardin au printemps</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>47325</v>
+        <v>49202</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Vue de Menton</t>
+          <t>Vue du cap Martin</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>47326</v>
+        <v>49203</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Vue sur la mer en matinée à Menton</t>
+          <t>Mlle E. Charon, assise sur un banc dans un parc</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>47327</v>
+        <v>49204</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Le cap Martin le matin</t>
+          <t>Mademoiselle Charon avec son chien</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>47328</v>
+        <v>47322</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Fillette sur un banc dans un jardin</t>
+          <t>Dunes</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>47329</v>
+        <v>47324</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Mer blanche à Menton</t>
+          <t>Portrait de Mlle Charon avec un tablier</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>47330</v>
+        <v>47325</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Barque au soleil couchant à Martigues</t>
+          <t>Vue de Menton</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>47331</v>
+        <v>47326</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Voilier à Martigues</t>
+          <t>Vue sur la mer en matinée à Menton</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>47333</v>
+        <v>47327</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Femme couchée au bord de la mer</t>
+          <t>Le cap Martin le matin</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>47341</v>
+        <v>47328</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Portrait en buste de Mme Galler, la mère de l'artiste</t>
+          <t>Fillette sur un banc dans un jardin</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>49200</v>
+        <v>47329</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Mademoiselle G. Hermans, future Madame Charon-Hermans</t>
+          <t>Mer blanche à Menton</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>49201</v>
+        <v>47330</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Souvenir du jardin au printemps</t>
+          <t>Barque au soleil couchant à Martigues</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>49202</v>
+        <v>47331</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Vue du cap Martin</t>
+          <t>Voilier à Martigues</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>49203</v>
+        <v>47333</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Mlle E. Charon, assise sur un banc dans un parc</t>
+          <t>Femme couchée au bord de la mer</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>49204</v>
+        <v>47341</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Mademoiselle Charon avec son chien</t>
+          <t>Portrait en buste de Mme Galler, la mère de l'artiste</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1847 - 1924</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -1255,655 +1255,655 @@
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1850 - 1924</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>65625</v>
+        <v>49112</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de la Vérité </t>
+          <t>Femme devant un foyer</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>carton, pastel</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>47323</v>
+        <v>49113</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Galler, la mère du peintre</t>
+          <t>Le tour du propriétaire</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>47334</v>
+        <v>49115</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Nonchalance orientale</t>
+          <t>Aube à Venise</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>49107</v>
+        <v>49116</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>La paix. Allégorie de la guerre</t>
+          <t>Martyr du travail. Catastrophe dans la mine</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>49109</v>
+        <v>49117</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'une femme à l'ombre</t>
+          <t>Portrait d'Emile Hermans enfant</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>49110</v>
+        <v>49120</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Hommage à l'Amérique</t>
+          <t>La campagne dans les environs de Rome</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>49111</v>
+        <v>49314</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Le morceau favori (femme au piano)</t>
+          <t>Altruisme. Esquisse</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>49112</v>
+        <v>49454</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Femme devant un foyer</t>
+          <t>Femme couchée sur le sable</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>49113</v>
+        <v>49479</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Le tour du propriétaire</t>
+          <t>Altruisme</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>49115</v>
+        <v>65625</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Aube à Venise</t>
+          <t>Allégorie de la Vérité </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>carton, pastel</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>49116</v>
+        <v>47323</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Martyr du travail. Catastrophe dans la mine</t>
+          <t>Portrait de Madame Galler, la mère du peintre</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>49117</v>
+        <v>47334</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'Emile Hermans enfant</t>
+          <t>Nonchalance orientale</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>49120</v>
+        <v>49107</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>La campagne dans les environs de Rome</t>
+          <t>La paix. Allégorie de la guerre</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>49314</v>
+        <v>49109</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Altruisme. Esquisse</t>
+          <t>Portrait d'une femme à l'ombre</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>49454</v>
+        <v>49110</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Femme couchée sur le sable</t>
+          <t>Hommage à l'Amérique</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>49479</v>
+        <v>49111</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Altruisme</t>
+          <t>Le morceau favori (femme au piano)</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1857 - 1924</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -2038,50 +2038,90 @@
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Hermans, Charles</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1902 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>peint</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="1" t="n">
+        <v>68979</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Charles Hermans, Le Rocher de Monaco, huile sur toile, s.d.</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>MoMuse</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Hermans, Charles</t>
+        </is>
+      </c>
+      <c r="E51" s="2" t="inlineStr">
+        <is>
+          <t>s.d. - </t>
+        </is>
+      </c>
+      <c r="F51" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G51" s="2" t="inlineStr">
+        <is>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H51" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>