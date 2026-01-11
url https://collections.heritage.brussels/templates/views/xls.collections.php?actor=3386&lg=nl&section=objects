--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,489 +179,569 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>82077</v>
+        <v>39415</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le penseur</t>
+          <t>Les Beaux-Arts</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>38640</v>
+        <v>82077</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Femme lisant ( oeuvre disparue fin 1993 )</t>
+          <t>Le penseur</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G3" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39415</v>
+        <v>38640</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les Beaux-Arts</t>
+          <t>Femme lisant ( oeuvre disparue fin 1993 )</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>40018</v>
+        <v>107670</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Biscuit et chocolat Delacre</t>
+          <t>Manifestation ouvrière du 1er mai 1881 à Bruxelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1896 - </t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>encre noire, crayon noir, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de dessin, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>50355</v>
+        <v>40018</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Affiche de l'Exposition internationale de Bruxelles de 1897</t>
+          <t>Biscuit et chocolat Delacre</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
-      <c r="F6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>67794</v>
+        <v>50355</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Diplôme décerné à Paul Cauchie en 1899 par l’Académie Royale des Beaux-Arts et l'Ecole des Arts Décoratifs de Bruxelles</t>
+          <t>Affiche de l'Exposition internationale de Bruxelles de 1897</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Maison Cauchie</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1896 - </t>
         </is>
       </c>
-      <c r="F7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, technique d'impression, technique d'écriture</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>38682</v>
+        <v>67794</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>À l'atelier (portrait du peintre Ruytinx)</t>
+          <t>Diplôme décerné à Paul Cauchie en 1899 par l’Académie Royale des Beaux-Arts et l'Ecole des Arts Décoratifs de Bruxelles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1899 - </t>
+          <t>1896 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G8" s="2"/>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G8" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre</t>
+        </is>
+      </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de gravure, technique d'impression, technique d'écriture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>50804</v>
+        <v>38682</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Allégorie des Beaux Arts à Bruxelles</t>
+          <t>À l'atelier (portrait du peintre Ruytinx)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1906 - </t>
+          <t>1899 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>39416</v>
+        <v>50804</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de l'histoire</t>
+          <t>Allégorie des Beaux Arts à Bruxelles</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1907 - </t>
+          <t>1906 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>peinture monumentale</t>
-[...2 lines deleted...]
-      <c r="G10" s="2"/>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, marouflé</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>39420</v>
+        <v>39416</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Allégorie de la géographie</t>
+          <t>Allégorie de l'histoire</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>peinture monumentale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>39621</v>
+        <v>39420</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La goutte de lait</t>
+          <t>Allégorie de la géographie</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1917 - </t>
+          <t>1907 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture monumentale</t>
+        </is>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de peinture, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
+        <v>39621</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>La goutte de lait</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Livemont, Privat Antoine Théodore</t>
+        </is>
+      </c>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <t>1917 - </t>
+        </is>
+      </c>
+      <c r="F13" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
+      <c r="H13" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="1" t="n">
         <v>38847</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
+      <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Portrait de Madame Livemont</t>
         </is>
       </c>
-      <c r="C13" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E13" s="2" t="inlineStr">
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>Commune de Schaerbeek</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Livemont, Privat Antoine Théodore</t>
+        </is>
+      </c>
+      <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1923 - 1936</t>
         </is>
       </c>
-      <c r="F13" s="2" t="inlineStr">
+      <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
-      <c r="G13" s="2" t="inlineStr">
+      <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
-      <c r="H13" s="2" t="inlineStr">
+      <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="1" t="n">
+        <v>107669</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Deux projets pour l'exposition universelle de 1935. Congo belge.</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>Musée de la Ville de Bruxelles</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Livemont, Privat Antoine Théodore</t>
+        </is>
+      </c>
+      <c r="E15" s="2" t="inlineStr">
+        <is>
+          <t>1933 - </t>
+        </is>
+      </c>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G15" s="2" t="inlineStr">
+        <is>
+          <t>crayon, papier</t>
+        </is>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>