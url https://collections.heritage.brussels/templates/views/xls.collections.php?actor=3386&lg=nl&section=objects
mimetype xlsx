--- v1 (2026-01-11)
+++ v2 (2026-03-17)
@@ -179,155 +179,155 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39415</v>
+        <v>38640</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les Beaux-Arts</t>
+          <t>Femme lisant ( oeuvre disparue fin 1993 )</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>82077</v>
+        <v>39415</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le penseur</t>
+          <t>Les Beaux-Arts</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>marouflé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>38640</v>
+        <v>82077</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Femme lisant ( oeuvre disparue fin 1993 )</t>
+          <t>Le penseur</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
-[...2 lines deleted...]
-      <c r="G4" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>107670</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Manifestation ouvrière du 1er mai 1881 à Bruxelles</t>
+          <t>Manifestation ouvrière du 1er mai 1891 à Bruxelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Livemont, Privat Antoine Théodore</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>encre noire, crayon noir, papier</t>