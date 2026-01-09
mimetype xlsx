--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -763,119 +763,119 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1818 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>96810</v>
+        <v>51171</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Porte de Hal, servant de prison militaire, à Bruxelles</t>
+          <t>Lavandière</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Commune de Saint-Gilles</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Madou,  Jean Baptiste / De Howen, Otto Anthony (Anton) / Jobard Frères</t>
+          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1830</t>
-[...6 lines deleted...]
-      </c>
+          <t>1820 - 1840</t>
+        </is>
+      </c>
+      <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H18" s="2"/>
+      <c r="H18" s="2" t="inlineStr">
+        <is>
+          <t>lithographie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>51171</v>
+        <v>96810</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Lavandière</t>
+          <t>Porte de Hal, servant de prison militaire, à Bruxelles</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Madou,  Jean Baptiste / De Howen, Otto Anthony (Anton) / Jobard Frères</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1820 - 1840</t>
-[...2 lines deleted...]
-      <c r="F19" s="2"/>
+          <t>1820 - 1830</t>
+        </is>
+      </c>
+      <c r="F19" s="2" t="inlineStr">
+        <is>
+          <t>estampe</t>
+        </is>
+      </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>65047</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Le palais des États généraux </t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1822 - </t>
         </is>
       </c>
@@ -1063,385 +1063,385 @@
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles,  / Madou,  Jean Baptiste</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1828 - </t>
         </is>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>39096</v>
+        <v>49667</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Course de chevaux dans la plaine de Monplaisir</t>
+          <t>Te Deum pour le roi Guillaume Ier à l'église Saints-Michel-et-Gudule en 1815</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Wynantz, Augustus</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>49667</v>
+        <v>39096</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Te Deum pour le roi Guillaume Ier à l'église Saints-Michel-et-Gudule en 1815</t>
+          <t>Course de chevaux dans la plaine de Monplaisir</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée de la Ville de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Wynantz, Augustus</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1829 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>62784</v>
+        <v>51005</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
+          <t>Le prince héritier Guillaume d’Orange arrivant sur la Grand-Place de Bruxelles le 1er septembre 1830 pour tenter d’endiguer la Révolution belge</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1840</t>
+          <t>1830 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>62785</v>
+        <v>52604</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
+          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
+          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>62786</v>
+        <v>62784</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
+          <t>Combat de la rue de Louvain, derrière les États Généraux pendant les journées des 23 et 24 septembre</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>62787</v>
+        <v>62785</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
+          <t>Déroute d'une division Hollandaise par la porte de Flandre, le 25 septembre 1830</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Simonau, Gustave / Madou, Jean-Baptiste / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1830 - 1835</t>
+          <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>62788</v>
+        <v>62786</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
+          <t>La Porte de Schaerbeek, à l'entrée de la rue Royale, pendant la journée du 23 septembre 1830</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>51005</v>
+        <v>62787</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Le prince héritier Guillaume d’Orange arrivant sur la Grand-Place de Bruxelles le 1er septembre 1830 pour tenter d’endiguer la Révolution belge</t>
+          <t>Entrée du Parc du côté de la Place Royale après les journées du 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste</t>
+          <t>Simonau, G. / Simonau, Pierre / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1830 - </t>
+          <t>1830 - 1835</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>52604</v>
+        <v>62788</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>La porte de Schaerbeek, à l'entrée de la rue Royale le 23 septembre 1830</t>
+          <t>Café de l'Amitié et ancien hôtel du prince Frédéric, après les journées des 23, 24, 25 et 26 septembre 1830</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Simonau, Pierre / Madou, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Simonau, G. / Simonau, Pierre</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1830 - 1840</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">