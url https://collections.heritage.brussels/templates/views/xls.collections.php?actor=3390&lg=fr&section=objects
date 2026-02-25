--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -179,549 +179,549 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>39196</v>
+        <v>39214</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Le garde-champêtre en goguette</t>
+          <t>Le sonnet</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>39208</v>
+        <v>39215</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Le manuscrit</t>
+          <t>La promenade</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>39209</v>
+        <v>39216</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>L'arrivée</t>
+          <t>La lecture</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>39210</v>
+        <v>39217</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le cortège</t>
+          <t>Le parc</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>39211</v>
+        <v>39218</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Les faucons</t>
+          <t>Le boudoir</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>39212</v>
+        <v>39219</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le récit</t>
+          <t>Le médaillon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>39213</v>
+        <v>39220</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le rondel</t>
+          <t>Les aquarelles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de peinture, lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>39214</v>
+        <v>39196</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le sonnet</t>
+          <t>Le garde-champêtre en goguette</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>39215</v>
+        <v>39208</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La promenade</t>
+          <t>Le manuscrit</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>39216</v>
+        <v>39209</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>La lecture</t>
+          <t>L'arrivée</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>39217</v>
+        <v>39210</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le parc</t>
+          <t>Le cortège</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>39218</v>
+        <v>39211</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le boudoir</t>
+          <t>Les faucons</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>39219</v>
+        <v>39212</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le médaillon</t>
+          <t>Le récit</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>39220</v>
+        <v>39213</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les aquarelles</t>
+          <t>Le rondel</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, lithographie</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>52831</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le palais des États Généraux à Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Gibèle, Johann Nepomuk / Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1815 - </t>
@@ -871,200 +871,200 @@
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Janssens, C. / Madou, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1822 - </t>
         </is>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, encre noire</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>lavis, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>53573</v>
+        <v>46576</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Vue de la place Royale</t>
+          <t>Le théâtre royal de la Monnaie</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
+          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1825 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, matière colorante</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>46576</v>
+        <v>48147</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Le théâtre royal de la Monnaie</t>
+          <t>Un rémouleur</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / De Noter, Jean-Baptiste</t>
+          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1825 - </t>
+          <t>1825 - 1830</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure, rehaussé</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>48147</v>
+        <v>48256</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Un rémouleur</t>
+          <t>La bataille de Waterloo</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Madou, Jean-Baptiste / Van den Burggraaff, Guillaume-Philidor</t>
+          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1830</t>
+          <t>1825 - 1826</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>48256</v>
+        <v>53573</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>La bataille de Waterloo</t>
+          <t>Vue de la place Royale</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Gibèle, Johann Nepomuk / Madou, Jean-Baptiste / Van Bever, J.L.</t>
+          <t>Gibèle, J.N. / De Noter, Jean-Baptiste / Madou, Jean-Baptiste / Gibèle, Johann Nepomuk</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1825 - 1826</t>
+          <t>1825 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, matière colorante</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>50265</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Vase Médicis de style Empire</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles,  / Madou,  Jean Baptiste</t>